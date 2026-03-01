--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -14,571 +14,609 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0389727D" w14:textId="77777777" w:rsidR="003A4A5A" w:rsidRDefault="00000000" w:rsidP="0009012E">
+    <w:p w14:paraId="17E5B0D3" w14:textId="389C44E8" w:rsidR="003A4A5A" w:rsidRDefault="00496A9A" w:rsidP="0009012E">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="DELappearances"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:pict w14:anchorId="38FA0894">
-[...22 lines deleted...]
-        </w:pict>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10DE5404" wp14:editId="0B257F96">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>24765</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-29845</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="6432550" cy="951865"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="2" name="Picture 20"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 20"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6432550" cy="951865"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AF9D9EF" w14:textId="77777777" w:rsidR="00566F38" w:rsidRPr="00566F38" w:rsidRDefault="00F63BB4" w:rsidP="00F63BB4">
+    <w:p w14:paraId="61BD511D" w14:textId="77777777" w:rsidR="00566F38" w:rsidRPr="00566F38" w:rsidRDefault="00F63BB4" w:rsidP="00F63BB4">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="240"/>
         <w:ind w:right="2975"/>
       </w:pPr>
       <w:r>
         <w:br/>
         <w:t>HOW TO LODGE A COMPLAINT WITH VCAT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E2A8C53" w14:textId="77777777" w:rsidR="000C754E" w:rsidRDefault="00F63BB4" w:rsidP="003E708C">
+    <w:p w14:paraId="36DDA3CC" w14:textId="77777777" w:rsidR="000C754E" w:rsidRDefault="00F63BB4" w:rsidP="003E708C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk28605369"/>
       <w:r>
         <w:t>WHO SHOULD USE THIS FORM</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71563892" w14:textId="77777777" w:rsidR="00F63BB4" w:rsidRPr="00F63BB4" w:rsidRDefault="00F63BB4" w:rsidP="00F63BB4">
+    <w:p w14:paraId="6FE18FEA" w14:textId="77777777" w:rsidR="00F63BB4" w:rsidRPr="00F63BB4" w:rsidRDefault="00F63BB4" w:rsidP="00F63BB4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F63BB4">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>You can use this form if you wish to lodge a complaint to VCAT about:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13C532F3" w14:textId="77777777" w:rsidR="009515E8" w:rsidRPr="009515E8" w:rsidRDefault="009515E8" w:rsidP="009515E8">
+    <w:p w14:paraId="3B5AF6CC" w14:textId="77777777" w:rsidR="009515E8" w:rsidRPr="009515E8" w:rsidRDefault="009515E8" w:rsidP="009515E8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009515E8">
         <w:t xml:space="preserve">the quality of an action taken or service provided by VCAT staff </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F405C23" w14:textId="77777777" w:rsidR="009515E8" w:rsidRPr="009515E8" w:rsidRDefault="009515E8" w:rsidP="009515E8">
+    <w:p w14:paraId="2BBAD471" w14:textId="77777777" w:rsidR="009515E8" w:rsidRPr="009515E8" w:rsidRDefault="009515E8" w:rsidP="009515E8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009515E8">
         <w:t>conduct or behaviour of VCAT staff</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="331B659C" w14:textId="77777777" w:rsidR="009515E8" w:rsidRDefault="009515E8" w:rsidP="009515E8">
+    <w:p w14:paraId="3974AED8" w14:textId="77777777" w:rsidR="009515E8" w:rsidRDefault="009515E8" w:rsidP="009515E8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009515E8">
         <w:t>delay or failure to meet VCAT service requirements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D15E2AB" w14:textId="77777777" w:rsidR="00843E53" w:rsidRPr="009515E8" w:rsidRDefault="00843E53" w:rsidP="009515E8">
+    <w:p w14:paraId="4C646C5C" w14:textId="77777777" w:rsidR="00843E53" w:rsidRPr="009515E8" w:rsidRDefault="00843E53" w:rsidP="009515E8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>a mediator’s behaviour</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BA5A187" w14:textId="77777777" w:rsidR="009515E8" w:rsidRDefault="009515E8" w:rsidP="009515E8">
+    <w:p w14:paraId="439DE1BC" w14:textId="77777777" w:rsidR="009515E8" w:rsidRDefault="009515E8" w:rsidP="009515E8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009515E8">
         <w:t>a Tribunal member’s behaviour.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C325EA1" w14:textId="77777777" w:rsidR="00D37EED" w:rsidRDefault="00D37EED" w:rsidP="00D37EED">
+    <w:p w14:paraId="1AE9BABF" w14:textId="77777777" w:rsidR="00D37EED" w:rsidRDefault="00D37EED" w:rsidP="00D37EED">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6365353B" w14:textId="77777777" w:rsidR="00D37EED" w:rsidRPr="009515E8" w:rsidRDefault="00D37EED" w:rsidP="00836B09">
+    <w:p w14:paraId="13ADF5E0" w14:textId="77777777" w:rsidR="00D37EED" w:rsidRPr="009515E8" w:rsidRDefault="00D37EED" w:rsidP="00836B09">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r w:rsidRPr="00836B09">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> This form </w:t>
       </w:r>
       <w:r w:rsidRPr="00836B09">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>cannot</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> be used for making an application (bringing a case) to VCAT. If you need help with making an application, please see: </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00F43C50">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.vcat.vic.gov.au/help-and-support/application-help</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CB80442" w14:textId="77777777" w:rsidR="00086E43" w:rsidRDefault="00086E43" w:rsidP="00086E43">
+    <w:p w14:paraId="13BE469A" w14:textId="77777777" w:rsidR="00086E43" w:rsidRDefault="00086E43" w:rsidP="00086E43">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>WH</w:t>
       </w:r>
       <w:r w:rsidR="00F63BB4">
         <w:t>AT VCAT CANNOT INVESTIGATE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A881A0F" w14:textId="77777777" w:rsidR="00F63BB4" w:rsidRPr="009515E8" w:rsidRDefault="00F63BB4" w:rsidP="009515E8">
+    <w:p w14:paraId="05A74C94" w14:textId="77777777" w:rsidR="00F63BB4" w:rsidRPr="009515E8" w:rsidRDefault="00F63BB4" w:rsidP="009515E8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="142"/>
       </w:pPr>
       <w:r w:rsidRPr="009515E8">
         <w:t>Please note that we cannot investigate matters concerning:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="525CB998" w14:textId="77777777" w:rsidR="009515E8" w:rsidRPr="009515E8" w:rsidRDefault="009515E8" w:rsidP="009515E8">
+    <w:p w14:paraId="7E3179F1" w14:textId="77777777" w:rsidR="009515E8" w:rsidRPr="009515E8" w:rsidRDefault="009515E8" w:rsidP="009515E8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009515E8">
         <w:t>the merits of a case</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A48D7B5" w14:textId="77777777" w:rsidR="00F63BB4" w:rsidRPr="009515E8" w:rsidRDefault="009515E8" w:rsidP="009515E8">
+    <w:p w14:paraId="4B200AE3" w14:textId="77777777" w:rsidR="00F63BB4" w:rsidRPr="009515E8" w:rsidRDefault="009515E8" w:rsidP="009515E8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009515E8">
         <w:t>a VCAT order or decision of a Tribunal member</w:t>
       </w:r>
       <w:r w:rsidR="00F63BB4" w:rsidRPr="009515E8">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67880C46" w14:textId="77777777" w:rsidR="00AA134F" w:rsidRDefault="00F63BB4" w:rsidP="00AA134F">
+    <w:p w14:paraId="274E7584" w14:textId="77777777" w:rsidR="00AA134F" w:rsidRDefault="00F63BB4" w:rsidP="00AA134F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>WHAT I NEED TO KNOW</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="694BCB3E" w14:textId="77777777" w:rsidR="00F63BB4" w:rsidRPr="00F63BB4" w:rsidRDefault="00F63BB4" w:rsidP="00F63BB4">
+    <w:p w14:paraId="07FF14A2" w14:textId="43340510" w:rsidR="00F63BB4" w:rsidRPr="00F63BB4" w:rsidRDefault="00F63BB4" w:rsidP="00F63BB4">
       <w:pPr>
         <w:spacing w:line="238" w:lineRule="auto"/>
         <w:ind w:right="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F63BB4">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The following steps are provided as a guide on completing the form. </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="1BC1065B" w14:textId="77777777" w:rsidR="00F63BB4" w:rsidRPr="00F63BB4" w:rsidRDefault="00F63BB4" w:rsidP="00F63BB4">
+    <w:p w14:paraId="5FC74FDC" w14:textId="77777777" w:rsidR="00F63BB4" w:rsidRPr="00F63BB4" w:rsidRDefault="00F63BB4" w:rsidP="00F63BB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="238" w:lineRule="auto"/>
         <w:ind w:right="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F63BB4">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>You can complete the form from your computer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="571D9C10" w14:textId="77777777" w:rsidR="00F63BB4" w:rsidRPr="00F63BB4" w:rsidRDefault="00F63BB4" w:rsidP="00F63BB4">
+    <w:p w14:paraId="7C4F8FEC" w14:textId="77777777" w:rsidR="00F63BB4" w:rsidRPr="00F63BB4" w:rsidRDefault="00F63BB4" w:rsidP="00F63BB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="238" w:lineRule="auto"/>
         <w:ind w:right="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F63BB4">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Include your name, address and, if relevant, the VCAT reference number.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25F8E4D6" w14:textId="77777777" w:rsidR="00F63BB4" w:rsidRPr="00F63BB4" w:rsidRDefault="00F63BB4" w:rsidP="00F63BB4">
+    <w:p w14:paraId="13514B3F" w14:textId="77777777" w:rsidR="00F63BB4" w:rsidRPr="00F63BB4" w:rsidRDefault="00F63BB4" w:rsidP="00F63BB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="238" w:lineRule="auto"/>
         <w:ind w:right="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F63BB4">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Provide as much detail as possible about what the complaint is, including any relevant dates and location details.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="586FA31B" w14:textId="77777777" w:rsidR="00F63BB4" w:rsidRPr="00F63BB4" w:rsidRDefault="00F63BB4" w:rsidP="00F63BB4">
+    <w:p w14:paraId="30C062C4" w14:textId="77777777" w:rsidR="00F63BB4" w:rsidRPr="00F63BB4" w:rsidRDefault="00F63BB4" w:rsidP="00F63BB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="238" w:lineRule="auto"/>
         <w:ind w:right="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F63BB4">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Tell us how you would like us to resolve the complaint.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DD139F2" w14:textId="77777777" w:rsidR="00F63BB4" w:rsidRPr="00F63BB4" w:rsidRDefault="00F63BB4" w:rsidP="00F63BB4">
+    <w:p w14:paraId="5F99B97D" w14:textId="77777777" w:rsidR="00F63BB4" w:rsidRPr="00F63BB4" w:rsidRDefault="00F63BB4" w:rsidP="00F63BB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="238" w:lineRule="auto"/>
         <w:ind w:right="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F63BB4">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Attach any additional information and/or other relevant documentation that helps support your complaint.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA8CB68" w14:textId="77777777" w:rsidR="00F63BB4" w:rsidRPr="00F63BB4" w:rsidRDefault="00F63BB4" w:rsidP="00F63BB4">
+    <w:p w14:paraId="276DEAC5" w14:textId="77777777" w:rsidR="00F63BB4" w:rsidRPr="00F63BB4" w:rsidRDefault="00F63BB4" w:rsidP="00F63BB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="238" w:lineRule="auto"/>
         <w:ind w:right="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F63BB4">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>It is recommended that you keep a copy of the complaint for your records.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C905475" w14:textId="77777777" w:rsidR="00F63BB4" w:rsidRPr="00F63BB4" w:rsidRDefault="00F63BB4" w:rsidP="00F63BB4">
+    <w:p w14:paraId="3ED452CB" w14:textId="70F9A1C4" w:rsidR="00F63BB4" w:rsidRPr="00F63BB4" w:rsidRDefault="00F63BB4" w:rsidP="00F63BB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="238" w:lineRule="auto"/>
         <w:ind w:right="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F63BB4">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Send your complaint to the Complaints Registrar either via email or by post using the details below.</w:t>
+        <w:t xml:space="preserve">Send your complaint to the Complaints </w:t>
+      </w:r>
+      <w:r w:rsidR="004267E6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Coordinator </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F63BB4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>either via email or by post using the details below.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2804FA20" w14:textId="77777777" w:rsidR="00F63BB4" w:rsidRPr="006D18C1" w:rsidRDefault="00F63BB4" w:rsidP="006D18C1">
+    <w:p w14:paraId="72791DAB" w14:textId="77777777" w:rsidR="00F63BB4" w:rsidRPr="006D18C1" w:rsidRDefault="00F63BB4" w:rsidP="006D18C1">
       <w:pPr>
         <w:spacing w:line="238" w:lineRule="auto"/>
         <w:ind w:right="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F63BB4">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Please contact us if you need assistance or have any questions about the complaint procedure.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="61FC6D7F" w14:textId="77777777" w:rsidR="00A27FD3" w:rsidRDefault="006D18C1" w:rsidP="00A27FD3">
+    <w:p w14:paraId="2B7426DA" w14:textId="77777777" w:rsidR="00A27FD3" w:rsidRDefault="006D18C1" w:rsidP="00A27FD3">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>YOUR DETAILS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C01931B" w14:textId="77777777" w:rsidR="00A27FD3" w:rsidRDefault="00B5760C" w:rsidP="00915583">
+    <w:p w14:paraId="22034B3E" w14:textId="77777777" w:rsidR="00A27FD3" w:rsidRDefault="00B5760C" w:rsidP="00915583">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Enter your details below:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9791" w:type="dxa"/>
         <w:tblInd w:w="284" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="6531"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00915583" w:rsidRPr="00A27FD3" w14:paraId="1452D3C7" w14:textId="77777777" w:rsidTr="00681451">
+      <w:tr w:rsidR="00915583" w:rsidRPr="00A27FD3" w14:paraId="1E874DC4" w14:textId="77777777" w:rsidTr="00681451">
         <w:trPr>
           <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="537530D9" w14:textId="77777777" w:rsidR="00915583" w:rsidRPr="00A27FD3" w:rsidRDefault="006D18C1" w:rsidP="00247EFE">
+          <w:p w14:paraId="736A5F63" w14:textId="77777777" w:rsidR="00915583" w:rsidRPr="00A27FD3" w:rsidRDefault="006D18C1" w:rsidP="00247EFE">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6531" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="51DFDDF5" w14:textId="77777777" w:rsidR="00915583" w:rsidRPr="00A27FD3" w:rsidRDefault="00915583" w:rsidP="00681451">
+          <w:p w14:paraId="52DA5F4F" w14:textId="77777777" w:rsidR="00915583" w:rsidRPr="00A27FD3" w:rsidRDefault="00915583" w:rsidP="00681451">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="VCATRef"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="VCAT Reference number"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -614,129 +652,129 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="48932F9E" w14:textId="77777777" w:rsidR="00915583" w:rsidRPr="006D18C1" w:rsidRDefault="00915583" w:rsidP="006D18C1">
+    <w:p w14:paraId="47BF198A" w14:textId="77777777" w:rsidR="00915583" w:rsidRPr="006D18C1" w:rsidRDefault="00915583" w:rsidP="006D18C1">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9791" w:type="dxa"/>
         <w:tblInd w:w="284" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="6531"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A27FD3" w:rsidRPr="00A27FD3" w14:paraId="5BB9EB27" w14:textId="77777777" w:rsidTr="00A27FD3">
+      <w:tr w:rsidR="00A27FD3" w:rsidRPr="00A27FD3" w14:paraId="28985B83" w14:textId="77777777" w:rsidTr="00A27FD3">
         <w:trPr>
           <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="51968E53" w14:textId="77777777" w:rsidR="00A27FD3" w:rsidRPr="00A27FD3" w:rsidRDefault="006D18C1" w:rsidP="00FD5DB3">
+          <w:p w14:paraId="0943ABF6" w14:textId="77777777" w:rsidR="00A27FD3" w:rsidRPr="00A27FD3" w:rsidRDefault="006D18C1" w:rsidP="00FD5DB3">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Email address</w:t>
             </w:r>
             <w:r w:rsidR="00601770">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6531" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="17DEDC66" w14:textId="77777777" w:rsidR="00A27FD3" w:rsidRPr="00A27FD3" w:rsidRDefault="00A27FD3" w:rsidP="00FD5DB3">
+          <w:p w14:paraId="0428B445" w14:textId="77777777" w:rsidR="00A27FD3" w:rsidRPr="00A27FD3" w:rsidRDefault="00A27FD3" w:rsidP="00FD5DB3">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="VCATRef"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="VCAT Reference number"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="VCATRef"/>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
@@ -774,121 +812,121 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="067F168E" w14:textId="77777777" w:rsidR="00A27FD3" w:rsidRPr="006D18C1" w:rsidRDefault="00A27FD3" w:rsidP="00A27FD3">
+    <w:p w14:paraId="77FB7D03" w14:textId="77777777" w:rsidR="00A27FD3" w:rsidRPr="006D18C1" w:rsidRDefault="00A27FD3" w:rsidP="00A27FD3">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9791" w:type="dxa"/>
         <w:tblInd w:w="284" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="6531"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A27FD3" w:rsidRPr="00A27FD3" w14:paraId="4CA74FA5" w14:textId="77777777" w:rsidTr="00A27FD3">
+      <w:tr w:rsidR="00A27FD3" w:rsidRPr="00A27FD3" w14:paraId="248DAB53" w14:textId="77777777" w:rsidTr="00A27FD3">
         <w:trPr>
           <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="549101D4" w14:textId="77777777" w:rsidR="00A27FD3" w:rsidRPr="00A27FD3" w:rsidRDefault="006D18C1" w:rsidP="00FD5DB3">
+          <w:p w14:paraId="05F7E6C9" w14:textId="77777777" w:rsidR="00A27FD3" w:rsidRPr="00A27FD3" w:rsidRDefault="006D18C1" w:rsidP="00FD5DB3">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6531" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="59FFFD5A" w14:textId="77777777" w:rsidR="00A27FD3" w:rsidRPr="00A27FD3" w:rsidRDefault="00A27FD3" w:rsidP="00FD5DB3">
+          <w:p w14:paraId="125D68E4" w14:textId="77777777" w:rsidR="00A27FD3" w:rsidRPr="00A27FD3" w:rsidRDefault="00A27FD3" w:rsidP="00FD5DB3">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="VCATRef"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="VCAT Reference number"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -924,121 +962,121 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="49A740A3" w14:textId="77777777" w:rsidR="00A27FD3" w:rsidRDefault="00A27FD3" w:rsidP="00A27FD3">
+    <w:p w14:paraId="69F26757" w14:textId="77777777" w:rsidR="00A27FD3" w:rsidRDefault="00A27FD3" w:rsidP="00A27FD3">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9791" w:type="dxa"/>
         <w:tblInd w:w="284" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="6531"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006D18C1" w:rsidRPr="00A27FD3" w14:paraId="1E242CE2" w14:textId="77777777" w:rsidTr="006D18C1">
+      <w:tr w:rsidR="006D18C1" w:rsidRPr="00A27FD3" w14:paraId="72BAD419" w14:textId="77777777" w:rsidTr="006D18C1">
         <w:trPr>
           <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="306782EF" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRPr="00A27FD3" w:rsidRDefault="006D18C1" w:rsidP="006D18C1">
+          <w:p w14:paraId="13736CCB" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRPr="00A27FD3" w:rsidRDefault="006D18C1" w:rsidP="006D18C1">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="-391"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Street number and street name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6531" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0E16DCE0" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRPr="00A27FD3" w:rsidRDefault="006D18C1" w:rsidP="00681451">
+          <w:p w14:paraId="4E2168B5" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRPr="00A27FD3" w:rsidRDefault="006D18C1" w:rsidP="00681451">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="VCATRef"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="VCAT Reference number"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -1074,151 +1112,151 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6CDA93B8" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRDefault="006D18C1" w:rsidP="00A27FD3">
+    <w:p w14:paraId="0467B5F3" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRDefault="006D18C1" w:rsidP="00A27FD3">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1861EDD6" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRDefault="006D18C1" w:rsidP="00A27FD3">
+    <w:p w14:paraId="19BBF04A" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRDefault="006D18C1" w:rsidP="00A27FD3">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="142" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="3828"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006D18C1" w:rsidRPr="008672B4" w14:paraId="4A69F8A9" w14:textId="77777777" w:rsidTr="006D18C1">
+      <w:tr w:rsidR="006D18C1" w:rsidRPr="008672B4" w14:paraId="3E005B84" w14:textId="77777777" w:rsidTr="006D18C1">
         <w:trPr>
           <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7FEDE51C" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRPr="008672B4" w:rsidRDefault="006D18C1" w:rsidP="006D18C1">
+          <w:p w14:paraId="59FE0586" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRPr="008672B4" w:rsidRDefault="006D18C1" w:rsidP="006D18C1">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="34" w:right="-245"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006D18C1">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008672B4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Suburb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="647B501E" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRPr="008672B4" w:rsidRDefault="006D18C1" w:rsidP="00681451">
+          <w:p w14:paraId="0126B9D4" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRPr="008672B4" w:rsidRDefault="006D18C1" w:rsidP="00681451">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008672B4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="SiteAddress"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Site address"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008672B4">
@@ -1279,82 +1317,82 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008672B4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="69BD6CEE" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRPr="008672B4" w:rsidRDefault="006D18C1" w:rsidP="00681451">
+          <w:p w14:paraId="45B3ACD1" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRPr="008672B4" w:rsidRDefault="006D18C1" w:rsidP="00681451">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="0" w:right="34"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008672B4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2308E518" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRPr="008672B4" w:rsidRDefault="006D18C1" w:rsidP="00681451">
+          <w:p w14:paraId="18F9AD9D" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRPr="008672B4" w:rsidRDefault="006D18C1" w:rsidP="00681451">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="3"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1400,82 +1438,82 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="27497C26" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRPr="008672B4" w:rsidRDefault="006D18C1" w:rsidP="00681451">
+          <w:p w14:paraId="3D861D41" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRPr="008672B4" w:rsidRDefault="006D18C1" w:rsidP="00681451">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="0" w:right="34"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008672B4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="492C7AA5" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRPr="008672B4" w:rsidRDefault="006D18C1" w:rsidP="00681451">
+          <w:p w14:paraId="5D1D0973" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRPr="008672B4" w:rsidRDefault="006D18C1" w:rsidP="00681451">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008672B4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008672B4">
               <w:rPr>
@@ -1526,110 +1564,110 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008672B4">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008672B4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E755ABD" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRPr="006D18C1" w:rsidRDefault="006D18C1" w:rsidP="00A27FD3">
+    <w:p w14:paraId="2EC3AF85" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRPr="006D18C1" w:rsidRDefault="006D18C1" w:rsidP="00A27FD3">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5726DB5A" w14:textId="77777777" w:rsidR="00A27FD3" w:rsidRPr="006D18C1" w:rsidRDefault="00A70BE6" w:rsidP="00A27FD3">
+    <w:p w14:paraId="24314F9E" w14:textId="77777777" w:rsidR="00A27FD3" w:rsidRPr="006D18C1" w:rsidRDefault="00A70BE6" w:rsidP="00A27FD3">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9791" w:type="dxa"/>
         <w:tblInd w:w="284" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2693"/>
         <w:gridCol w:w="7098"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A27FD3" w:rsidRPr="00A27FD3" w14:paraId="40BE6B96" w14:textId="77777777" w:rsidTr="006D18C1">
+      <w:tr w:rsidR="00A27FD3" w:rsidRPr="00A27FD3" w14:paraId="206B0428" w14:textId="77777777" w:rsidTr="006D18C1">
         <w:trPr>
           <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="08B9EB9B" w14:textId="77777777" w:rsidR="00A27FD3" w:rsidRPr="00A27FD3" w:rsidRDefault="00A27FD3" w:rsidP="006D18C1">
+          <w:p w14:paraId="12C8331F" w14:textId="77777777" w:rsidR="00A27FD3" w:rsidRPr="00A27FD3" w:rsidRDefault="00A27FD3" w:rsidP="006D18C1">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="-1243"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">VCAT </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>reference</w:t>
             </w:r>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -1637,51 +1675,51 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">umber </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7098" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5F905FF7" w14:textId="77777777" w:rsidR="00A27FD3" w:rsidRPr="00A27FD3" w:rsidRDefault="00A27FD3" w:rsidP="00FD5DB3">
+          <w:p w14:paraId="255DF41F" w14:textId="77777777" w:rsidR="00A27FD3" w:rsidRPr="00A27FD3" w:rsidRDefault="00A27FD3" w:rsidP="00FD5DB3">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Text4"/>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -1723,70 +1761,70 @@
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A27FD3">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="64321FB3" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRDefault="00AA3EC4" w:rsidP="00791196">
+    <w:p w14:paraId="448B4387" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRDefault="00AA3EC4" w:rsidP="00791196">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71F6F76E" w14:textId="77777777" w:rsidR="00424D02" w:rsidRPr="00F217CC" w:rsidRDefault="006D18C1" w:rsidP="006D18C1">
+    <w:p w14:paraId="2DAA7972" w14:textId="77777777" w:rsidR="00424D02" w:rsidRPr="00F217CC" w:rsidRDefault="006D18C1" w:rsidP="006D18C1">
       <w:pPr>
         <w:spacing w:before="240" w:after="60"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00424D02" w:rsidRPr="00F217CC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -1798,60 +1836,60 @@
         </w:rPr>
         <w:t>Describe your complaint:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="421" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9639"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00424D02" w:rsidRPr="00F217CC" w14:paraId="6E378F35" w14:textId="77777777" w:rsidTr="008F27D9">
+      <w:tr w:rsidR="00424D02" w:rsidRPr="00F217CC" w14:paraId="61AFF987" w14:textId="77777777" w:rsidTr="008F27D9">
         <w:trPr>
           <w:trHeight w:val="2871"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A7F3C43" w14:textId="77777777" w:rsidR="00907B98" w:rsidRPr="008F27D9" w:rsidRDefault="00424D02" w:rsidP="008F27D9">
+          <w:p w14:paraId="0001D75F" w14:textId="77777777" w:rsidR="00907B98" w:rsidRPr="008F27D9" w:rsidRDefault="00424D02" w:rsidP="008F27D9">
             <w:pPr>
               <w:spacing w:before="20" w:after="0"/>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F27D9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008F27D9">
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -1901,51 +1939,51 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F27D9">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F27D9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="647DDF49" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRPr="00F217CC" w:rsidRDefault="006D18C1" w:rsidP="006D18C1">
+    <w:p w14:paraId="37049BB8" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRPr="00F217CC" w:rsidRDefault="006D18C1" w:rsidP="006D18C1">
       <w:pPr>
         <w:spacing w:before="240" w:after="60"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00F217CC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -1957,60 +1995,60 @@
         </w:rPr>
         <w:t>How would you like us to resolve your complaint?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="421" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9639"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006D18C1" w:rsidRPr="00F217CC" w14:paraId="31AD8306" w14:textId="77777777" w:rsidTr="008F27D9">
+      <w:tr w:rsidR="006D18C1" w:rsidRPr="00F217CC" w14:paraId="3358E35F" w14:textId="77777777" w:rsidTr="008F27D9">
         <w:trPr>
           <w:trHeight w:val="2112"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BEBD740" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRPr="008F27D9" w:rsidRDefault="006D18C1" w:rsidP="008F27D9">
+          <w:p w14:paraId="46D6A3DB" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRPr="008F27D9" w:rsidRDefault="006D18C1" w:rsidP="008F27D9">
             <w:pPr>
               <w:spacing w:before="20" w:after="0"/>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F27D9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008F27D9">
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -2060,184 +2098,184 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F27D9">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F27D9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="68884FAC" w14:textId="77777777" w:rsidR="0051479A" w:rsidRPr="00DE3693" w:rsidRDefault="00B923C4" w:rsidP="00B923C4">
+    <w:p w14:paraId="7417930B" w14:textId="77777777" w:rsidR="0051479A" w:rsidRPr="00DE3693" w:rsidRDefault="00B923C4" w:rsidP="00B923C4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="400"/>
       </w:pPr>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00F702FE">
         <w:t>CKNOWLEDG</w:t>
       </w:r>
       <w:r w:rsidR="00FA659C">
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00F702FE">
         <w:t>MENT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50657929" w14:textId="77777777" w:rsidR="00B411D8" w:rsidRPr="00FD1F45" w:rsidRDefault="00B411D8" w:rsidP="00B411D8">
+    <w:p w14:paraId="4770FD8A" w14:textId="77777777" w:rsidR="00B411D8" w:rsidRPr="00FD1F45" w:rsidRDefault="00B411D8" w:rsidP="00B411D8">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD1F45">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>By completing this application, I understand and acknowledge that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FE60783" w14:textId="77777777" w:rsidR="00B923C4" w:rsidRPr="00B923C4" w:rsidRDefault="00B923C4" w:rsidP="00B923C4">
+    <w:p w14:paraId="54BB6A61" w14:textId="77777777" w:rsidR="00B923C4" w:rsidRPr="00B923C4" w:rsidRDefault="00B923C4" w:rsidP="00B923C4">
       <w:pPr>
         <w:ind w:left="416" w:firstLine="114"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B923C4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check29"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="Check29"/>
       <w:r w:rsidRPr="00B923C4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00B923C4">
+      <w:r w:rsidR="00681451">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00B923C4">
+      <w:r w:rsidR="00681451">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B923C4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00B923C4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  to the best of my knowledge, all information provided in this application is true and correct</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16BB22D4" w14:textId="77777777" w:rsidR="00B923C4" w:rsidRPr="00B923C4" w:rsidRDefault="00B923C4" w:rsidP="00B923C4">
+    <w:p w14:paraId="34ECDD83" w14:textId="77777777" w:rsidR="00B923C4" w:rsidRPr="00B923C4" w:rsidRDefault="00B923C4" w:rsidP="00B923C4">
       <w:pPr>
         <w:ind w:left="993" w:hanging="463"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B923C4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check30"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="Check30"/>
       <w:r w:rsidRPr="00B923C4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00B923C4">
+      <w:r w:rsidR="00681451">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00B923C4">
+      <w:r w:rsidR="00681451">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B923C4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="00B923C4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  it is an offence under section 136 of the </w:t>
       </w:r>
       <w:r w:rsidRPr="00B923C4">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
@@ -2252,106 +2290,106 @@
         </w:rPr>
         <w:t xml:space="preserve"> to knowingly give false or misleading information to VCAT</w:t>
       </w:r>
       <w:r w:rsidR="00317161">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="170" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5926"/>
         <w:gridCol w:w="3969"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B923C4" w:rsidRPr="00B923C4" w14:paraId="3B7F0899" w14:textId="77777777" w:rsidTr="008F27D9">
+      <w:tr w:rsidR="00B923C4" w:rsidRPr="00B923C4" w14:paraId="6425B082" w14:textId="77777777" w:rsidTr="008F27D9">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2433EA9F" w14:textId="77777777" w:rsidR="00B923C4" w:rsidRPr="008F27D9" w:rsidRDefault="006D18C1" w:rsidP="008F27D9">
+          <w:p w14:paraId="7DFAAEFF" w14:textId="77777777" w:rsidR="00B923C4" w:rsidRPr="008F27D9" w:rsidRDefault="006D18C1" w:rsidP="008F27D9">
             <w:pPr>
               <w:spacing w:before="240" w:after="40"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F27D9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Enter your name to acknowledge the statements above</w:t>
             </w:r>
             <w:r w:rsidR="00B923C4" w:rsidRPr="008F27D9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76BC93CD" w14:textId="77777777" w:rsidR="00B923C4" w:rsidRPr="008F27D9" w:rsidRDefault="00B923C4" w:rsidP="008F27D9">
+          <w:p w14:paraId="1518669F" w14:textId="77777777" w:rsidR="00B923C4" w:rsidRPr="008F27D9" w:rsidRDefault="00B923C4" w:rsidP="008F27D9">
             <w:pPr>
               <w:spacing w:before="0" w:after="40"/>
               <w:ind w:left="147"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F27D9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Text29"/>
             <w:r w:rsidRPr="008F27D9">
               <w:rPr>
@@ -2403,145 +2441,136 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F27D9">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F27D9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1379A96E" w14:textId="77777777" w:rsidR="00B923C4" w:rsidRPr="00B923C4" w:rsidRDefault="00B923C4" w:rsidP="00B923C4">
+    <w:p w14:paraId="14F167C3" w14:textId="77777777" w:rsidR="00B923C4" w:rsidRPr="00B923C4" w:rsidRDefault="00B923C4" w:rsidP="00B923C4">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="170" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5926"/>
         <w:gridCol w:w="3969"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B923C4" w:rsidRPr="00B923C4" w14:paraId="66C4F87C" w14:textId="77777777" w:rsidTr="008F27D9">
+      <w:tr w:rsidR="00B923C4" w:rsidRPr="00B923C4" w14:paraId="6CE0EAD0" w14:textId="77777777" w:rsidTr="008F27D9">
         <w:trPr>
           <w:trHeight w:val="374"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D659E41" w14:textId="77777777" w:rsidR="00B923C4" w:rsidRPr="008F27D9" w:rsidRDefault="00B923C4" w:rsidP="008F27D9">
+          <w:p w14:paraId="0C2652F9" w14:textId="77777777" w:rsidR="00B923C4" w:rsidRPr="008F27D9" w:rsidRDefault="00B923C4" w:rsidP="008F27D9">
             <w:pPr>
               <w:spacing w:before="240" w:after="40"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F27D9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
             <w:r w:rsidR="006D18C1" w:rsidRPr="008F27D9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (dd/mm/yyyy</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">) </w:t>
+              <w:t xml:space="preserve"> (dd/mm/yyyy) </w:t>
             </w:r>
             <w:r w:rsidRPr="008F27D9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E74ED6A" w14:textId="77777777" w:rsidR="00B923C4" w:rsidRPr="008F27D9" w:rsidRDefault="00B923C4" w:rsidP="008F27D9">
+          <w:p w14:paraId="3549D799" w14:textId="77777777" w:rsidR="00B923C4" w:rsidRPr="008F27D9" w:rsidRDefault="00B923C4" w:rsidP="008F27D9">
             <w:pPr>
               <w:spacing w:before="240" w:after="40"/>
               <w:ind w:left="147"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F27D9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Text30"/>
             <w:r w:rsidRPr="008F27D9">
               <w:rPr>
@@ -2777,190 +2806,203 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006D18C1" w:rsidRPr="008F27D9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="006D18C1" w:rsidRPr="008F27D9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="2D7DAC5A" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRDefault="006D18C1" w:rsidP="006D18C1">
+    <w:p w14:paraId="0B9D0C6D" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRDefault="006D18C1" w:rsidP="006D18C1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>HOW DO I SUBMIT THIS FORM?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4949C379" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRDefault="006D18C1" w:rsidP="006D18C1">
+    <w:p w14:paraId="22F26394" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRDefault="006D18C1" w:rsidP="006D18C1">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>By email</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DDCDD70" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRPr="004863B7" w:rsidRDefault="006D18C1" w:rsidP="006D18C1">
+    <w:p w14:paraId="47E2DE29" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRPr="004863B7" w:rsidRDefault="006D18C1" w:rsidP="006D18C1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004863B7">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Email </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00836B09" w:rsidRPr="00F63BB4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>complaint@courts.vic.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0D27DB6C" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRDefault="006D18C1" w:rsidP="006D18C1">
+    <w:p w14:paraId="6571A9FA" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRDefault="006D18C1" w:rsidP="006D18C1">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>By post</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D196785" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRPr="00A14108" w:rsidRDefault="006D18C1" w:rsidP="006D18C1">
+    <w:p w14:paraId="5492C8EA" w14:textId="17CA8489" w:rsidR="006D18C1" w:rsidRPr="00A14108" w:rsidRDefault="006D18C1" w:rsidP="006D18C1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004863B7">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Send this report to:</w:t>
       </w:r>
       <w:r w:rsidRPr="004863B7">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Complaints Registrar</w:t>
+        <w:t xml:space="preserve">Complaints </w:t>
+      </w:r>
+      <w:r w:rsidR="004267E6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Coordinator</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="004863B7">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Victorian Civil and Administrative Tribunal </w:t>
       </w:r>
       <w:r w:rsidRPr="004863B7">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">GPO Box </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>5408</w:t>
       </w:r>
       <w:r w:rsidRPr="004863B7">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00F437F0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Melbourne</w:t>
       </w:r>
       <w:r w:rsidRPr="004863B7">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> VIC </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>3001</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62A53660" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRDefault="006D18C1" w:rsidP="006D18C1">
+    <w:p w14:paraId="1E32A4D5" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRDefault="006D18C1" w:rsidP="006D18C1">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>For any enquiries, contact us.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7723F1A4" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRDefault="006D18C1" w:rsidP="006D18C1">
+    <w:p w14:paraId="17EA4178" w14:textId="77777777" w:rsidR="006D18C1" w:rsidRDefault="006D18C1" w:rsidP="006D18C1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Call 1300 018 228, emai</w:t>
       </w:r>
       <w:r w:rsidRPr="00F63BB4">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">l </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00F63BB4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>complaint@courts.vic.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F63BB4">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or visit </w:t>
       </w:r>
@@ -2981,151 +3023,151 @@
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006D18C1" w:rsidSect="006E7BD4">
       <w:headerReference w:type="even" r:id="rId16"/>
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="even" r:id="rId18"/>
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:headerReference w:type="first" r:id="rId20"/>
       <w:footerReference w:type="first" r:id="rId21"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="567" w:right="851" w:bottom="142" w:left="851" w:header="284" w:footer="624" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7DB873C1" w14:textId="77777777" w:rsidR="00AF1D1F" w:rsidRDefault="00AF1D1F" w:rsidP="00D70EFE">
+    <w:p w14:paraId="769ED89B" w14:textId="77777777" w:rsidR="006D07CA" w:rsidRDefault="006D07CA" w:rsidP="00D70EFE">
       <w:pPr>
         <w:pStyle w:val="TitlePagetext"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="61AD80D4" w14:textId="77777777" w:rsidR="00AF1D1F" w:rsidRDefault="00AF1D1F" w:rsidP="00D70EFE">
+    <w:p w14:paraId="644F48CA" w14:textId="77777777" w:rsidR="006D07CA" w:rsidRDefault="006D07CA" w:rsidP="00D70EFE">
       <w:pPr>
         <w:pStyle w:val="TitlePagetext"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="62C726C5" w14:textId="77777777" w:rsidR="00AF1D1F" w:rsidRDefault="00AF1D1F">
+    <w:p w14:paraId="644535EB" w14:textId="77777777" w:rsidR="006D07CA" w:rsidRDefault="006D07CA">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="714150D9" w14:textId="77777777" w:rsidR="00D109AD" w:rsidRDefault="00D109AD">
+  <w:p w14:paraId="1509A07C" w14:textId="77777777" w:rsidR="00D109AD" w:rsidRDefault="00D109AD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="10F528B6" w14:textId="77777777" w:rsidR="00BC5E10" w:rsidRPr="00C0674B" w:rsidRDefault="00BC5E10">
+  <w:p w14:paraId="1BF0766E" w14:textId="77777777" w:rsidR="00BC5E10" w:rsidRPr="00C0674B" w:rsidRDefault="00BC5E10">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C0674B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="009B1AC6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="009B1AC6">
       <w:rPr>
@@ -3141,62 +3183,62 @@
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:bCs/>
         <w:noProof/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="009B1AC6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="28278D49" w14:textId="77777777" w:rsidR="00BC5E10" w:rsidRDefault="00BC5E10">
+  <w:p w14:paraId="72FC11DB" w14:textId="77777777" w:rsidR="00BC5E10" w:rsidRDefault="00BC5E10">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="1063E1B8" w14:textId="77777777" w:rsidR="00BC5E10" w:rsidRDefault="00BC5E10"/>
+  <w:p w14:paraId="4B45EBBB" w14:textId="77777777" w:rsidR="00BC5E10" w:rsidRDefault="00BC5E10"/>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="58BB5434" w14:textId="77777777" w:rsidR="00BC5E10" w:rsidRDefault="00BC5E10" w:rsidP="00C33DDE">
+  <w:p w14:paraId="2F906160" w14:textId="77777777" w:rsidR="00BC5E10" w:rsidRDefault="00BC5E10" w:rsidP="00C33DDE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C0674B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="009B1AC6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -3214,121 +3256,121 @@
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:bCs/>
         <w:noProof/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="009B1AC6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="259A280F" w14:textId="77777777" w:rsidR="00BC5E10" w:rsidRPr="00F73622" w:rsidRDefault="00BC5E10" w:rsidP="00C03310">
+  <w:p w14:paraId="50F478AA" w14:textId="77777777" w:rsidR="00BC5E10" w:rsidRPr="00F73622" w:rsidRDefault="00BC5E10" w:rsidP="00C03310">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F61985A" w14:textId="77777777" w:rsidR="00AF1D1F" w:rsidRDefault="00AF1D1F">
+    <w:p w14:paraId="2E6822E4" w14:textId="77777777" w:rsidR="006D07CA" w:rsidRDefault="006D07CA">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="485CCC57" w14:textId="77777777" w:rsidR="00AF1D1F" w:rsidRDefault="00AF1D1F" w:rsidP="00D70EFE">
+    <w:p w14:paraId="20D5A427" w14:textId="77777777" w:rsidR="006D07CA" w:rsidRDefault="006D07CA" w:rsidP="00D70EFE">
       <w:pPr>
         <w:pStyle w:val="TitlePagetext"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5267AD51" w14:textId="77777777" w:rsidR="00AF1D1F" w:rsidRDefault="00AF1D1F">
+    <w:p w14:paraId="14241744" w14:textId="77777777" w:rsidR="006D07CA" w:rsidRDefault="006D07CA">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2BFCFBE2" w14:textId="77777777" w:rsidR="00D109AD" w:rsidRDefault="00D109AD">
+  <w:p w14:paraId="7E547315" w14:textId="77777777" w:rsidR="00D109AD" w:rsidRDefault="00D109AD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7B4C9F5D" w14:textId="77777777" w:rsidR="00D109AD" w:rsidRDefault="00D109AD">
+  <w:p w14:paraId="2D1F094C" w14:textId="77777777" w:rsidR="00D109AD" w:rsidRDefault="00D109AD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6EFA6333" w14:textId="77777777" w:rsidR="00D109AD" w:rsidRDefault="00D109AD">
+  <w:p w14:paraId="15825AA0" w14:textId="77777777" w:rsidR="00D109AD" w:rsidRDefault="00D109AD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="40F8C708"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="11529"/>
         </w:tabs>
         <w:ind w:left="11529" w:hanging="360"/>
       </w:pPr>
@@ -7888,272 +7930,257 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5210" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5930" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6650" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="356271576">
+  <w:num w:numId="1" w16cid:durableId="708603389">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="875509865">
+  <w:num w:numId="2" w16cid:durableId="1639457286">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1235430924">
+  <w:num w:numId="3" w16cid:durableId="2105102390">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1298223888">
+  <w:num w:numId="4" w16cid:durableId="1931965655">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1374112065">
+  <w:num w:numId="5" w16cid:durableId="605575474">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2046786879">
+  <w:num w:numId="6" w16cid:durableId="331644502">
     <w:abstractNumId w:val="46"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="547492362">
+  <w:num w:numId="7" w16cid:durableId="2070107074">
     <w:abstractNumId w:val="35"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="714237153">
+  <w:num w:numId="8" w16cid:durableId="1882672987">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1402213581">
+  <w:num w:numId="9" w16cid:durableId="454254586">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="916937741">
+  <w:num w:numId="10" w16cid:durableId="954671886">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="382367712">
+  <w:num w:numId="11" w16cid:durableId="273101724">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="488637533">
+  <w:num w:numId="12" w16cid:durableId="493105769">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="494957469">
+  <w:num w:numId="13" w16cid:durableId="458651686">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="379481195">
+  <w:num w:numId="14" w16cid:durableId="396636729">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="477386699">
+  <w:num w:numId="15" w16cid:durableId="1898979104">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1286694390">
+  <w:num w:numId="16" w16cid:durableId="883831022">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1825005175">
+  <w:num w:numId="17" w16cid:durableId="1286617532">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1039625934">
+  <w:num w:numId="18" w16cid:durableId="562527430">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="354381691">
+  <w:num w:numId="19" w16cid:durableId="347801568">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="76558890">
+  <w:num w:numId="20" w16cid:durableId="1470585926">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="964576156">
+  <w:num w:numId="21" w16cid:durableId="1109161770">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1882740936">
+  <w:num w:numId="22" w16cid:durableId="1236284903">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1248687118">
+  <w:num w:numId="23" w16cid:durableId="509292332">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="2140874831">
+  <w:num w:numId="24" w16cid:durableId="1557081007">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="699011429">
+  <w:num w:numId="25" w16cid:durableId="127629441">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="121581492">
+  <w:num w:numId="26" w16cid:durableId="1217396910">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="1247805633">
+  <w:num w:numId="27" w16cid:durableId="1359500711">
     <w:abstractNumId w:val="47"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="319575460">
+  <w:num w:numId="28" w16cid:durableId="980307306">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="1105074111">
+  <w:num w:numId="29" w16cid:durableId="858274780">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="959990499">
+  <w:num w:numId="30" w16cid:durableId="367947454">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="658537066">
+  <w:num w:numId="31" w16cid:durableId="1058632700">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="112864988">
+  <w:num w:numId="32" w16cid:durableId="1586302309">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="1932472867">
+  <w:num w:numId="33" w16cid:durableId="350885414">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="402682236">
+  <w:num w:numId="34" w16cid:durableId="1858350170">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="1885945549">
+  <w:num w:numId="35" w16cid:durableId="1109348580">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="2104837194">
+  <w:num w:numId="36" w16cid:durableId="310520356">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="318458447">
+  <w:num w:numId="37" w16cid:durableId="1589314286">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="2094624577">
+  <w:num w:numId="38" w16cid:durableId="428234173">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="1462991052">
+  <w:num w:numId="39" w16cid:durableId="1767653116">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="1130662">
+  <w:num w:numId="40" w16cid:durableId="241843369">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="1694188629">
+  <w:num w:numId="41" w16cid:durableId="1854883273">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="882987003">
+  <w:num w:numId="42" w16cid:durableId="1934895635">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="43" w16cid:durableId="561059011">
+  <w:num w:numId="43" w16cid:durableId="1566524669">
     <w:abstractNumId w:val="48"/>
   </w:num>
-  <w:num w:numId="44" w16cid:durableId="552884995">
+  <w:num w:numId="44" w16cid:durableId="1892110332">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="45" w16cid:durableId="1286499237">
+  <w:num w:numId="45" w16cid:durableId="834077716">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="46" w16cid:durableId="1594893128">
+  <w:num w:numId="46" w16cid:durableId="459110885">
     <w:abstractNumId w:val="49"/>
   </w:num>
-  <w:num w:numId="47" w16cid:durableId="795367845">
+  <w:num w:numId="47" w16cid:durableId="189344583">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="48" w16cid:durableId="1341271223">
+  <w:num w:numId="48" w16cid:durableId="2059624821">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="49" w16cid:durableId="711656087">
+  <w:num w:numId="49" w16cid:durableId="125322378">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="50" w16cid:durableId="2084062438">
+  <w:num w:numId="50" w16cid:durableId="549652939">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="24"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="71"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:revisionView w:markup="0"/>
-  <w:doNotTrackMoves/>
   <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="284"/>
-  <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:useNormalStyleForList/>
-[...15 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="dgnword-docGUID" w:val="{FB7EA725-3619-4140-B977-7FDCB227C85D}"/>
     <w:docVar w:name="dgnword-eventsink" w:val="8642720"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00FD21E6"/>
     <w:rsid w:val="00001496"/>
     <w:rsid w:val="00001CF7"/>
     <w:rsid w:val="0000283F"/>
     <w:rsid w:val="000032D9"/>
     <w:rsid w:val="00003A49"/>
     <w:rsid w:val="00004984"/>
     <w:rsid w:val="00004AE0"/>
     <w:rsid w:val="00005AA4"/>
     <w:rsid w:val="000104DF"/>
     <w:rsid w:val="00010EEC"/>
     <w:rsid w:val="0001164C"/>
     <w:rsid w:val="00011989"/>
     <w:rsid w:val="0001326F"/>
     <w:rsid w:val="00014BF8"/>
     <w:rsid w:val="0002055F"/>
     <w:rsid w:val="00024C08"/>
     <w:rsid w:val="00025126"/>
     <w:rsid w:val="0002550C"/>
@@ -8306,51 +8333,50 @@
     <w:rsid w:val="00184BAB"/>
     <w:rsid w:val="00185F30"/>
     <w:rsid w:val="00186D69"/>
     <w:rsid w:val="00187D2C"/>
     <w:rsid w:val="001900A3"/>
     <w:rsid w:val="00190404"/>
     <w:rsid w:val="00190B4A"/>
     <w:rsid w:val="00191F8D"/>
     <w:rsid w:val="00192E1F"/>
     <w:rsid w:val="00193674"/>
     <w:rsid w:val="00194264"/>
     <w:rsid w:val="001963F0"/>
     <w:rsid w:val="00197508"/>
     <w:rsid w:val="001A043E"/>
     <w:rsid w:val="001A0B7D"/>
     <w:rsid w:val="001A0E36"/>
     <w:rsid w:val="001A36B2"/>
     <w:rsid w:val="001A3FFD"/>
     <w:rsid w:val="001A41B9"/>
     <w:rsid w:val="001A469A"/>
     <w:rsid w:val="001A59C4"/>
     <w:rsid w:val="001A65F0"/>
     <w:rsid w:val="001B0DF6"/>
     <w:rsid w:val="001B2D44"/>
     <w:rsid w:val="001B3368"/>
-    <w:rsid w:val="001B3722"/>
     <w:rsid w:val="001B422F"/>
     <w:rsid w:val="001B46A9"/>
     <w:rsid w:val="001B5C53"/>
     <w:rsid w:val="001B7012"/>
     <w:rsid w:val="001C0414"/>
     <w:rsid w:val="001C19AE"/>
     <w:rsid w:val="001C2BEC"/>
     <w:rsid w:val="001C3862"/>
     <w:rsid w:val="001C4957"/>
     <w:rsid w:val="001C4E01"/>
     <w:rsid w:val="001C4E6D"/>
     <w:rsid w:val="001C6A6F"/>
     <w:rsid w:val="001D1415"/>
     <w:rsid w:val="001D1ED1"/>
     <w:rsid w:val="001D2FBF"/>
     <w:rsid w:val="001D4AB7"/>
     <w:rsid w:val="001D5A62"/>
     <w:rsid w:val="001D5A6E"/>
     <w:rsid w:val="001D5CEE"/>
     <w:rsid w:val="001E0E1D"/>
     <w:rsid w:val="001E20A3"/>
     <w:rsid w:val="001E2DCF"/>
     <w:rsid w:val="001E548E"/>
     <w:rsid w:val="001E7991"/>
     <w:rsid w:val="001F1652"/>
@@ -8395,51 +8421,50 @@
     <w:rsid w:val="0025230E"/>
     <w:rsid w:val="00252CA0"/>
     <w:rsid w:val="002530B9"/>
     <w:rsid w:val="002532F1"/>
     <w:rsid w:val="00254AE9"/>
     <w:rsid w:val="00254DA1"/>
     <w:rsid w:val="002563DD"/>
     <w:rsid w:val="002566C4"/>
     <w:rsid w:val="00256EF0"/>
     <w:rsid w:val="00257EC3"/>
     <w:rsid w:val="00260FBC"/>
     <w:rsid w:val="0026144F"/>
     <w:rsid w:val="002636D5"/>
     <w:rsid w:val="002636EB"/>
     <w:rsid w:val="00263C15"/>
     <w:rsid w:val="002646BA"/>
     <w:rsid w:val="00264DE0"/>
     <w:rsid w:val="002662F6"/>
     <w:rsid w:val="00266D6B"/>
     <w:rsid w:val="00271217"/>
     <w:rsid w:val="00271400"/>
     <w:rsid w:val="00271D2C"/>
     <w:rsid w:val="00271F1F"/>
     <w:rsid w:val="00272301"/>
     <w:rsid w:val="00277CED"/>
-    <w:rsid w:val="002801F8"/>
     <w:rsid w:val="00282C09"/>
     <w:rsid w:val="0028357E"/>
     <w:rsid w:val="00284131"/>
     <w:rsid w:val="002876EC"/>
     <w:rsid w:val="00287A4A"/>
     <w:rsid w:val="00291A41"/>
     <w:rsid w:val="00291D9E"/>
     <w:rsid w:val="002924D2"/>
     <w:rsid w:val="00293BEB"/>
     <w:rsid w:val="00296A06"/>
     <w:rsid w:val="00296FAB"/>
     <w:rsid w:val="002A2568"/>
     <w:rsid w:val="002A2944"/>
     <w:rsid w:val="002A2ACF"/>
     <w:rsid w:val="002A409F"/>
     <w:rsid w:val="002A4746"/>
     <w:rsid w:val="002A4D77"/>
     <w:rsid w:val="002A4FB6"/>
     <w:rsid w:val="002A621C"/>
     <w:rsid w:val="002A721A"/>
     <w:rsid w:val="002B0684"/>
     <w:rsid w:val="002B0926"/>
     <w:rsid w:val="002B1376"/>
     <w:rsid w:val="002B1A28"/>
     <w:rsid w:val="002B26B4"/>
@@ -8620,114 +8645,115 @@
     <w:rsid w:val="00400664"/>
     <w:rsid w:val="00403148"/>
     <w:rsid w:val="0040482A"/>
     <w:rsid w:val="00404837"/>
     <w:rsid w:val="0040491D"/>
     <w:rsid w:val="004049EF"/>
     <w:rsid w:val="00404E38"/>
     <w:rsid w:val="00405DF6"/>
     <w:rsid w:val="00405FE8"/>
     <w:rsid w:val="00406427"/>
     <w:rsid w:val="00406FA0"/>
     <w:rsid w:val="004072B7"/>
     <w:rsid w:val="0040768C"/>
     <w:rsid w:val="00412AEF"/>
     <w:rsid w:val="00412EB0"/>
     <w:rsid w:val="00414F9E"/>
     <w:rsid w:val="00415A0E"/>
     <w:rsid w:val="00416037"/>
     <w:rsid w:val="00416440"/>
     <w:rsid w:val="004165DC"/>
     <w:rsid w:val="00417241"/>
     <w:rsid w:val="0042371A"/>
     <w:rsid w:val="004245EA"/>
     <w:rsid w:val="00424D02"/>
     <w:rsid w:val="00425695"/>
+    <w:rsid w:val="004267E6"/>
     <w:rsid w:val="00427726"/>
     <w:rsid w:val="004300BE"/>
     <w:rsid w:val="00430177"/>
     <w:rsid w:val="004304AD"/>
     <w:rsid w:val="00431250"/>
     <w:rsid w:val="00433692"/>
     <w:rsid w:val="004338A5"/>
     <w:rsid w:val="00433EA3"/>
     <w:rsid w:val="00435C26"/>
     <w:rsid w:val="00436798"/>
     <w:rsid w:val="004374C3"/>
     <w:rsid w:val="00437B19"/>
     <w:rsid w:val="00441461"/>
     <w:rsid w:val="004441D4"/>
     <w:rsid w:val="00444792"/>
     <w:rsid w:val="00444C26"/>
     <w:rsid w:val="004466F9"/>
     <w:rsid w:val="00446BD6"/>
     <w:rsid w:val="00447E02"/>
     <w:rsid w:val="004502BC"/>
     <w:rsid w:val="0045179C"/>
     <w:rsid w:val="00451834"/>
     <w:rsid w:val="00451CB2"/>
     <w:rsid w:val="00453283"/>
     <w:rsid w:val="00453447"/>
     <w:rsid w:val="00453D51"/>
     <w:rsid w:val="004544ED"/>
     <w:rsid w:val="00455414"/>
     <w:rsid w:val="0045613B"/>
     <w:rsid w:val="004563AF"/>
     <w:rsid w:val="00460045"/>
     <w:rsid w:val="00461335"/>
     <w:rsid w:val="00461B85"/>
     <w:rsid w:val="00462136"/>
     <w:rsid w:val="00462881"/>
     <w:rsid w:val="00463702"/>
     <w:rsid w:val="00463DD8"/>
     <w:rsid w:val="00465178"/>
-    <w:rsid w:val="0046547A"/>
     <w:rsid w:val="004654EA"/>
     <w:rsid w:val="00466B4B"/>
     <w:rsid w:val="004705A9"/>
     <w:rsid w:val="00470F1E"/>
     <w:rsid w:val="00471696"/>
     <w:rsid w:val="00475120"/>
     <w:rsid w:val="00475BF5"/>
     <w:rsid w:val="00475CE2"/>
     <w:rsid w:val="0047635D"/>
     <w:rsid w:val="004822CE"/>
     <w:rsid w:val="004822F8"/>
     <w:rsid w:val="0048370C"/>
     <w:rsid w:val="00485AFC"/>
     <w:rsid w:val="0048620A"/>
     <w:rsid w:val="004863B7"/>
     <w:rsid w:val="00487B41"/>
     <w:rsid w:val="00491E85"/>
     <w:rsid w:val="00492575"/>
     <w:rsid w:val="00492CB8"/>
     <w:rsid w:val="00492EB8"/>
     <w:rsid w:val="004934CF"/>
     <w:rsid w:val="00493A74"/>
     <w:rsid w:val="0049586D"/>
     <w:rsid w:val="00495A72"/>
     <w:rsid w:val="00496862"/>
+    <w:rsid w:val="00496A9A"/>
     <w:rsid w:val="0049729D"/>
     <w:rsid w:val="00497642"/>
     <w:rsid w:val="00497ED7"/>
     <w:rsid w:val="004A0AC2"/>
     <w:rsid w:val="004A1D50"/>
     <w:rsid w:val="004A202A"/>
     <w:rsid w:val="004A3F42"/>
     <w:rsid w:val="004A4C24"/>
     <w:rsid w:val="004A5A0A"/>
     <w:rsid w:val="004A5CEB"/>
     <w:rsid w:val="004A6AFA"/>
     <w:rsid w:val="004A76C9"/>
     <w:rsid w:val="004B25FF"/>
     <w:rsid w:val="004B3D7B"/>
     <w:rsid w:val="004B3E2D"/>
     <w:rsid w:val="004B5CED"/>
     <w:rsid w:val="004B627B"/>
     <w:rsid w:val="004B7C09"/>
     <w:rsid w:val="004C04CC"/>
     <w:rsid w:val="004C1620"/>
     <w:rsid w:val="004C16E5"/>
     <w:rsid w:val="004C1851"/>
     <w:rsid w:val="004C2D35"/>
     <w:rsid w:val="004C3444"/>
     <w:rsid w:val="004C59CD"/>
@@ -8895,51 +8921,50 @@
     <w:rsid w:val="006264B5"/>
     <w:rsid w:val="0062670C"/>
     <w:rsid w:val="00631503"/>
     <w:rsid w:val="006348D0"/>
     <w:rsid w:val="00634B18"/>
     <w:rsid w:val="00635792"/>
     <w:rsid w:val="0063736F"/>
     <w:rsid w:val="00637CB0"/>
     <w:rsid w:val="00637E01"/>
     <w:rsid w:val="00640861"/>
     <w:rsid w:val="00640F99"/>
     <w:rsid w:val="006424AA"/>
     <w:rsid w:val="00642CD2"/>
     <w:rsid w:val="00643A11"/>
     <w:rsid w:val="00643B33"/>
     <w:rsid w:val="00643D8F"/>
     <w:rsid w:val="0064489A"/>
     <w:rsid w:val="006458D6"/>
     <w:rsid w:val="0064652D"/>
     <w:rsid w:val="006466F3"/>
     <w:rsid w:val="00647A1C"/>
     <w:rsid w:val="00650369"/>
     <w:rsid w:val="0065036D"/>
     <w:rsid w:val="00650386"/>
     <w:rsid w:val="00651C95"/>
-    <w:rsid w:val="00652F4F"/>
     <w:rsid w:val="0065466F"/>
     <w:rsid w:val="00654A2A"/>
     <w:rsid w:val="006560D6"/>
     <w:rsid w:val="0065647C"/>
     <w:rsid w:val="0065781D"/>
     <w:rsid w:val="00661704"/>
     <w:rsid w:val="00662B47"/>
     <w:rsid w:val="00662FA9"/>
     <w:rsid w:val="00666709"/>
     <w:rsid w:val="006668F4"/>
     <w:rsid w:val="006700BC"/>
     <w:rsid w:val="0067019D"/>
     <w:rsid w:val="006706DC"/>
     <w:rsid w:val="006719EB"/>
     <w:rsid w:val="006728FB"/>
     <w:rsid w:val="00672D34"/>
     <w:rsid w:val="00672D83"/>
     <w:rsid w:val="00676CDE"/>
     <w:rsid w:val="00676EB6"/>
     <w:rsid w:val="00677A98"/>
     <w:rsid w:val="00681424"/>
     <w:rsid w:val="00681451"/>
     <w:rsid w:val="006817A7"/>
     <w:rsid w:val="00683CAF"/>
     <w:rsid w:val="0068406A"/>
@@ -8953,50 +8978,51 @@
     <w:rsid w:val="006A2706"/>
     <w:rsid w:val="006A42F7"/>
     <w:rsid w:val="006A452A"/>
     <w:rsid w:val="006A6C51"/>
     <w:rsid w:val="006A7188"/>
     <w:rsid w:val="006A7E52"/>
     <w:rsid w:val="006B0160"/>
     <w:rsid w:val="006B0AC9"/>
     <w:rsid w:val="006B1597"/>
     <w:rsid w:val="006B179A"/>
     <w:rsid w:val="006B1FF6"/>
     <w:rsid w:val="006B2791"/>
     <w:rsid w:val="006B2AA9"/>
     <w:rsid w:val="006B31A4"/>
     <w:rsid w:val="006B354C"/>
     <w:rsid w:val="006B3635"/>
     <w:rsid w:val="006B4974"/>
     <w:rsid w:val="006C3FBA"/>
     <w:rsid w:val="006C4192"/>
     <w:rsid w:val="006C4731"/>
     <w:rsid w:val="006C498C"/>
     <w:rsid w:val="006C6BB9"/>
     <w:rsid w:val="006C6C1F"/>
     <w:rsid w:val="006C7181"/>
     <w:rsid w:val="006D00EB"/>
+    <w:rsid w:val="006D07CA"/>
     <w:rsid w:val="006D082C"/>
     <w:rsid w:val="006D08F2"/>
     <w:rsid w:val="006D18C1"/>
     <w:rsid w:val="006D1EC1"/>
     <w:rsid w:val="006D28CC"/>
     <w:rsid w:val="006D3996"/>
     <w:rsid w:val="006D5C3E"/>
     <w:rsid w:val="006D7730"/>
     <w:rsid w:val="006D7A46"/>
     <w:rsid w:val="006E0693"/>
     <w:rsid w:val="006E0A48"/>
     <w:rsid w:val="006E1D29"/>
     <w:rsid w:val="006E2875"/>
     <w:rsid w:val="006E5D4D"/>
     <w:rsid w:val="006E7BB8"/>
     <w:rsid w:val="006E7BD4"/>
     <w:rsid w:val="006E7C32"/>
     <w:rsid w:val="006F01A8"/>
     <w:rsid w:val="006F0415"/>
     <w:rsid w:val="006F13F3"/>
     <w:rsid w:val="006F1571"/>
     <w:rsid w:val="006F2FF6"/>
     <w:rsid w:val="006F3783"/>
     <w:rsid w:val="006F4499"/>
     <w:rsid w:val="006F4F13"/>
@@ -9415,50 +9441,51 @@
     <w:rsid w:val="00A41F73"/>
     <w:rsid w:val="00A439F3"/>
     <w:rsid w:val="00A43A24"/>
     <w:rsid w:val="00A43C1F"/>
     <w:rsid w:val="00A43F33"/>
     <w:rsid w:val="00A44D48"/>
     <w:rsid w:val="00A46A67"/>
     <w:rsid w:val="00A476AB"/>
     <w:rsid w:val="00A47951"/>
     <w:rsid w:val="00A512D1"/>
     <w:rsid w:val="00A5191A"/>
     <w:rsid w:val="00A51F6D"/>
     <w:rsid w:val="00A52805"/>
     <w:rsid w:val="00A53F15"/>
     <w:rsid w:val="00A55A2E"/>
     <w:rsid w:val="00A579D7"/>
     <w:rsid w:val="00A60255"/>
     <w:rsid w:val="00A603A8"/>
     <w:rsid w:val="00A607D1"/>
     <w:rsid w:val="00A61CDC"/>
     <w:rsid w:val="00A62869"/>
     <w:rsid w:val="00A62B0B"/>
     <w:rsid w:val="00A64405"/>
     <w:rsid w:val="00A64A09"/>
     <w:rsid w:val="00A652D8"/>
+    <w:rsid w:val="00A65A80"/>
     <w:rsid w:val="00A662F7"/>
     <w:rsid w:val="00A663EB"/>
     <w:rsid w:val="00A67ED3"/>
     <w:rsid w:val="00A70BE6"/>
     <w:rsid w:val="00A72628"/>
     <w:rsid w:val="00A73475"/>
     <w:rsid w:val="00A746E7"/>
     <w:rsid w:val="00A751BC"/>
     <w:rsid w:val="00A75BE8"/>
     <w:rsid w:val="00A75E98"/>
     <w:rsid w:val="00A76744"/>
     <w:rsid w:val="00A76DE0"/>
     <w:rsid w:val="00A77DE5"/>
     <w:rsid w:val="00A82CCC"/>
     <w:rsid w:val="00A83AB8"/>
     <w:rsid w:val="00A8493D"/>
     <w:rsid w:val="00A84E69"/>
     <w:rsid w:val="00A85A27"/>
     <w:rsid w:val="00A87702"/>
     <w:rsid w:val="00A91A6B"/>
     <w:rsid w:val="00A91A9B"/>
     <w:rsid w:val="00A929C7"/>
     <w:rsid w:val="00A9400E"/>
     <w:rsid w:val="00A942CF"/>
     <w:rsid w:val="00A94AF8"/>
@@ -9490,51 +9517,50 @@
     <w:rsid w:val="00AC1B52"/>
     <w:rsid w:val="00AC2786"/>
     <w:rsid w:val="00AC38C5"/>
     <w:rsid w:val="00AC3C39"/>
     <w:rsid w:val="00AC4843"/>
     <w:rsid w:val="00AC568C"/>
     <w:rsid w:val="00AC6E7F"/>
     <w:rsid w:val="00AC71B3"/>
     <w:rsid w:val="00AC7B0D"/>
     <w:rsid w:val="00AD2349"/>
     <w:rsid w:val="00AD2DDF"/>
     <w:rsid w:val="00AD32EA"/>
     <w:rsid w:val="00AD44D3"/>
     <w:rsid w:val="00AD7063"/>
     <w:rsid w:val="00AD7EB6"/>
     <w:rsid w:val="00AE1C34"/>
     <w:rsid w:val="00AE23A1"/>
     <w:rsid w:val="00AE2A06"/>
     <w:rsid w:val="00AE2E0F"/>
     <w:rsid w:val="00AE35B9"/>
     <w:rsid w:val="00AE4B0B"/>
     <w:rsid w:val="00AE6237"/>
     <w:rsid w:val="00AE7E87"/>
     <w:rsid w:val="00AF020F"/>
     <w:rsid w:val="00AF0299"/>
-    <w:rsid w:val="00AF1D1F"/>
     <w:rsid w:val="00AF2288"/>
     <w:rsid w:val="00AF263A"/>
     <w:rsid w:val="00AF2E86"/>
     <w:rsid w:val="00AF4B1F"/>
     <w:rsid w:val="00AF683C"/>
     <w:rsid w:val="00AF73AB"/>
     <w:rsid w:val="00AF7B30"/>
     <w:rsid w:val="00B0082C"/>
     <w:rsid w:val="00B02CA4"/>
     <w:rsid w:val="00B03588"/>
     <w:rsid w:val="00B052B7"/>
     <w:rsid w:val="00B05B20"/>
     <w:rsid w:val="00B0708D"/>
     <w:rsid w:val="00B07F42"/>
     <w:rsid w:val="00B13422"/>
     <w:rsid w:val="00B154BC"/>
     <w:rsid w:val="00B15666"/>
     <w:rsid w:val="00B15966"/>
     <w:rsid w:val="00B16039"/>
     <w:rsid w:val="00B16A9B"/>
     <w:rsid w:val="00B2482B"/>
     <w:rsid w:val="00B26272"/>
     <w:rsid w:val="00B271D2"/>
     <w:rsid w:val="00B27430"/>
     <w:rsid w:val="00B27750"/>
@@ -9819,50 +9845,51 @@
     <w:rsid w:val="00D54C7D"/>
     <w:rsid w:val="00D5629E"/>
     <w:rsid w:val="00D56B2F"/>
     <w:rsid w:val="00D56BF0"/>
     <w:rsid w:val="00D6039B"/>
     <w:rsid w:val="00D611CA"/>
     <w:rsid w:val="00D619D1"/>
     <w:rsid w:val="00D61B71"/>
     <w:rsid w:val="00D61C05"/>
     <w:rsid w:val="00D6315D"/>
     <w:rsid w:val="00D65493"/>
     <w:rsid w:val="00D660C2"/>
     <w:rsid w:val="00D70EFE"/>
     <w:rsid w:val="00D7164D"/>
     <w:rsid w:val="00D73E45"/>
     <w:rsid w:val="00D74EF0"/>
     <w:rsid w:val="00D7544A"/>
     <w:rsid w:val="00D75D3D"/>
     <w:rsid w:val="00D808A4"/>
     <w:rsid w:val="00D8112C"/>
     <w:rsid w:val="00D84881"/>
     <w:rsid w:val="00D868E3"/>
     <w:rsid w:val="00D90C8F"/>
     <w:rsid w:val="00D9124C"/>
     <w:rsid w:val="00D9159C"/>
+    <w:rsid w:val="00D92C39"/>
     <w:rsid w:val="00D940F4"/>
     <w:rsid w:val="00D950C0"/>
     <w:rsid w:val="00D95B43"/>
     <w:rsid w:val="00D979B1"/>
     <w:rsid w:val="00DA074E"/>
     <w:rsid w:val="00DA0791"/>
     <w:rsid w:val="00DA1127"/>
     <w:rsid w:val="00DA12F9"/>
     <w:rsid w:val="00DA1A87"/>
     <w:rsid w:val="00DA1C4F"/>
     <w:rsid w:val="00DA1CA1"/>
     <w:rsid w:val="00DA3BD3"/>
     <w:rsid w:val="00DA47A7"/>
     <w:rsid w:val="00DA4ABE"/>
     <w:rsid w:val="00DA69AF"/>
     <w:rsid w:val="00DA6F0F"/>
     <w:rsid w:val="00DA7557"/>
     <w:rsid w:val="00DB1ECB"/>
     <w:rsid w:val="00DB21DE"/>
     <w:rsid w:val="00DB2C3F"/>
     <w:rsid w:val="00DB311D"/>
     <w:rsid w:val="00DB354B"/>
     <w:rsid w:val="00DB4ABB"/>
     <w:rsid w:val="00DB4D2C"/>
     <w:rsid w:val="00DB5187"/>
@@ -10016,56 +10043,56 @@
     <w:rsid w:val="00F03223"/>
     <w:rsid w:val="00F034A8"/>
     <w:rsid w:val="00F03B58"/>
     <w:rsid w:val="00F10148"/>
     <w:rsid w:val="00F11099"/>
     <w:rsid w:val="00F11496"/>
     <w:rsid w:val="00F127F4"/>
     <w:rsid w:val="00F1438C"/>
     <w:rsid w:val="00F162C9"/>
     <w:rsid w:val="00F1717A"/>
     <w:rsid w:val="00F17497"/>
     <w:rsid w:val="00F17500"/>
     <w:rsid w:val="00F176CA"/>
     <w:rsid w:val="00F20723"/>
     <w:rsid w:val="00F20CB2"/>
     <w:rsid w:val="00F20CE8"/>
     <w:rsid w:val="00F217CC"/>
     <w:rsid w:val="00F238ED"/>
     <w:rsid w:val="00F24B55"/>
     <w:rsid w:val="00F24BF2"/>
     <w:rsid w:val="00F24FB4"/>
     <w:rsid w:val="00F263FD"/>
     <w:rsid w:val="00F2698A"/>
     <w:rsid w:val="00F30588"/>
     <w:rsid w:val="00F32846"/>
-    <w:rsid w:val="00F33392"/>
     <w:rsid w:val="00F33959"/>
     <w:rsid w:val="00F34334"/>
     <w:rsid w:val="00F36848"/>
     <w:rsid w:val="00F41482"/>
     <w:rsid w:val="00F43272"/>
+    <w:rsid w:val="00F437F0"/>
     <w:rsid w:val="00F43BA3"/>
     <w:rsid w:val="00F43EA7"/>
     <w:rsid w:val="00F472D1"/>
     <w:rsid w:val="00F47536"/>
     <w:rsid w:val="00F50EE4"/>
     <w:rsid w:val="00F52AD5"/>
     <w:rsid w:val="00F5402F"/>
     <w:rsid w:val="00F54855"/>
     <w:rsid w:val="00F55ED6"/>
     <w:rsid w:val="00F57196"/>
     <w:rsid w:val="00F609A7"/>
     <w:rsid w:val="00F60D84"/>
     <w:rsid w:val="00F610C1"/>
     <w:rsid w:val="00F63BB4"/>
     <w:rsid w:val="00F63BBB"/>
     <w:rsid w:val="00F66C44"/>
     <w:rsid w:val="00F67A0E"/>
     <w:rsid w:val="00F702FE"/>
     <w:rsid w:val="00F709E0"/>
     <w:rsid w:val="00F70E9F"/>
     <w:rsid w:val="00F71239"/>
     <w:rsid w:val="00F7285C"/>
     <w:rsid w:val="00F72F04"/>
     <w:rsid w:val="00F73622"/>
     <w:rsid w:val="00F73F3F"/>
@@ -10143,74 +10170,74 @@
     <w:rsid w:val="00FF69F7"/>
     <w:rsid w:val="00FF7001"/>
     <w:rsid w:val="00FF7502"/>
     <w:rsid w:val="11065813"/>
     <w:rsid w:val="14E1447A"/>
     <w:rsid w:val="163C527B"/>
     <w:rsid w:val="21F1CADF"/>
     <w:rsid w:val="2D9AAE81"/>
     <w:rsid w:val="4D24DCF4"/>
     <w:rsid w:val="58420878"/>
     <w:rsid w:val="61194E28"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="es-MX"/>
+  <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="7265311D"/>
+  <w14:docId w14:val="0B8818F5"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{06FEFDFB-98FC-4AAD-8357-C3DD0DB7C08D}"/>
+  <w15:docId w15:val="{513CD9FD-F89D-4516-858C-388F1D7CA3DD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="es-MX" w:eastAsia="es-MX" w:bidi="ar-SA"/>
+        <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10481,51 +10508,50 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00740E82"/>
     <w:pPr>
       <w:spacing w:before="160" w:after="160"/>
       <w:ind w:left="170" w:right="170"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Title"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="008A16D3"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:caps/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
@@ -10564,224 +10590,217 @@
       <w:b/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00491E85"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="240"/>
       <w:ind w:left="142"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="4"/>
         <w:numId w:val="10"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="5"/>
         <w:numId w:val="10"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="6"/>
         <w:numId w:val="10"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="7"/>
         <w:numId w:val="10"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="10"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Para1">
     <w:name w:val="Para 1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="120" w:line="300" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Para2">
     <w:name w:val="Para 2"/>
     <w:basedOn w:val="Para1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
@@ -10877,69 +10896,67 @@
     <w:pPr>
       <w:spacing w:before="80" w:after="100"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumberedOrder">
     <w:name w:val="Numbered Order"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="300" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Order1">
     <w:name w:val="Order 1"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Order2">
@@ -10957,51 +10974,50 @@
     <w:basedOn w:val="TitlePagetext"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Para3">
     <w:name w:val="Para 3"/>
     <w:basedOn w:val="Para2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Quote3">
     <w:name w:val="Quote 3"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
@@ -11014,95 +11030,93 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TitlePage3">
     <w:name w:val="Title Page 3"/>
     <w:basedOn w:val="TitlePage2"/>
     <w:pPr>
       <w:spacing w:before="20" w:after="0"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocumentMap">
     <w:name w:val="Document Map"/>
     <w:link w:val="DocumentMapChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Para1Style1">
     <w:name w:val="Para 1 Style1"/>
     <w:basedOn w:val="Para1"/>
     <w:rsid w:val="00F03B58"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:color w:val="954F72"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ColorfulList-Accent11">
     <w:name w:val="Colorful List - Accent 11"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00610F3A"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ordertickbox">
     <w:name w:val="Order tick box"/>
     <w:basedOn w:val="Order1"/>
@@ -11117,97 +11131,95 @@
     <w:name w:val="Spacer"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ColorfulShading-Accent11">
     <w:name w:val="Colorful Shading - Accent 11"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00565A6E"/>
     <w:rPr>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="008A16D3"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
       <w:caps/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
@@ -11253,112 +11265,109 @@
     <w:rsid w:val="00DE3693"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="60"/>
       <w:jc w:val="right"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Fillformareas">
     <w:name w:val="Fill form areas"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0022584A"/>
     <w:tblPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00972CA3"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120"/>
       <w:ind w:left="720" w:right="170"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:rsid w:val="00972CA3"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="8" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="8" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="170" w:right="170"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:iCs/>
       <w:caps/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
     <w:name w:val="Intense Quote Char"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="00972CA3"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:iCs/>
       <w:caps/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CheckboxList">
     <w:name w:val="CheckboxList"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CheckboxListChar"/>
     <w:qFormat/>
     <w:rsid w:val="00781056"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="709"/>
       </w:tabs>
@@ -11393,51 +11402,50 @@
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="630"/>
       </w:tabs>
       <w:ind w:left="629" w:hanging="425"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TableLabelsChar">
     <w:name w:val="Table Labels Char"/>
     <w:link w:val="TableLabels"/>
     <w:rsid w:val="00412AEF"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:link w:val="NoSpacingChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TablelabelcheckboxesChar">
     <w:name w:val="Table label checkboxes Char"/>
     <w:link w:val="Tablelabelcheckboxes"/>
     <w:rsid w:val="00412AEF"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
     <w:name w:val="No Spacing Char"/>
     <w:link w:val="NoSpacing"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NonTableField">
     <w:name w:val="NonTable Field"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="NonTableFieldChar"/>
@@ -11631,2774 +11639,2679 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bibliography">
     <w:name w:val="Bibliography"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="37"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BlockText">
     <w:name w:val="Block Text"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1440" w:right="1440"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText2">
     <w:name w:val="Body Text 2"/>
     <w:link w:val="BodyText2Char"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
     <w:name w:val="Body Text 2 Char"/>
     <w:link w:val="BodyText2"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText3">
     <w:name w:val="Body Text 3"/>
     <w:link w:val="BodyText3Char"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
     <w:name w:val="Body Text 3 Char"/>
     <w:link w:val="BodyText3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent">
     <w:name w:val="Body Text First Indent"/>
     <w:link w:val="BodyTextFirstIndentChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:firstLine="210"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndentChar">
     <w:name w:val="Body Text First Indent Char"/>
     <w:link w:val="BodyTextFirstIndent"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent">
     <w:name w:val="Body Text Indent"/>
     <w:link w:val="BodyTextIndentChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
     <w:name w:val="Body Text Indent Char"/>
     <w:link w:val="BodyTextIndent"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent2">
     <w:name w:val="Body Text First Indent 2"/>
     <w:link w:val="BodyTextFirstIndent2Char"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:firstLine="210"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndent2Char">
     <w:name w:val="Body Text First Indent 2 Char"/>
     <w:link w:val="BodyTextFirstIndent2"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
     <w:name w:val="Body Text Indent 2"/>
     <w:link w:val="BodyTextIndent2Char"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind w:left="283"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
     <w:name w:val="Body Text Indent 2 Char"/>
     <w:link w:val="BodyTextIndent2"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
     <w:name w:val="Body Text Indent 3"/>
     <w:link w:val="BodyTextIndent3Char"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent3Char">
     <w:name w:val="Body Text Indent 3 Char"/>
     <w:link w:val="BodyTextIndent3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BookTitle">
     <w:name w:val="Book Title"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Closing">
     <w:name w:val="Closing"/>
     <w:link w:val="ClosingChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="4252"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ClosingChar">
     <w:name w:val="Closing Char"/>
     <w:link w:val="Closing"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ColorfulGrid">
     <w:name w:val="Colorful Grid"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ColorfulGrid-Accent1">
     <w:name w:val="Colorful Grid Accent 1"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ColorfulGrid-Accent2">
     <w:name w:val="Colorful Grid Accent 2"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ColorfulGrid-Accent3">
     <w:name w:val="Colorful Grid Accent 3"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="EDEDED"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ColorfulGrid-Accent4">
     <w:name w:val="Colorful Grid Accent 4"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ColorfulGrid-Accent5">
     <w:name w:val="Colorful Grid Accent 5"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ColorfulGrid-Accent6">
     <w:name w:val="Colorful Grid Accent 6"/>
     <w:uiPriority w:val="73"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ColorfulList">
     <w:name w:val="Colorful List"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ColorfulList-Accent1">
     <w:name w:val="Colorful List Accent 1"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="EEF5FB"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ColorfulList-Accent2">
     <w:name w:val="Colorful List Accent 2"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FDF2EA"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ColorfulList-Accent3">
     <w:name w:val="Colorful List Accent 3"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F6F6F6"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ColorfulList-Accent4">
     <w:name w:val="Colorful List Accent 4"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF8E6"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ColorfulList-Accent5">
     <w:name w:val="Colorful List Accent 5"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="ECF1F9"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ColorfulList-Accent6">
     <w:name w:val="Colorful List Accent 6"/>
     <w:uiPriority w:val="72"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F0F7EC"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ColorfulShading">
     <w:name w:val="Colorful Shading"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="ED7D31"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ColorfulShading-Accent1">
     <w:name w:val="Colorful Shading Accent 1"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="ED7D31"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="5B9BD5"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="5B9BD5"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="5B9BD5"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="EEF5FB"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ColorfulShading-Accent2">
     <w:name w:val="Colorful Shading Accent 2"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="ED7D31"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="ED7D31"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="ED7D31"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="ED7D31"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FDF2EA"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ColorfulShading-Accent3">
     <w:name w:val="Colorful Shading Accent 3"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="FFC000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F6F6F6"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ColorfulShading-Accent4">
     <w:name w:val="Colorful Shading Accent 4"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="A5A5A5"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFC000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFC000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFC000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF8E6"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ColorfulShading-Accent5">
     <w:name w:val="Colorful Shading Accent 5"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="70AD47"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="4472C4"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4472C4"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="4472C4"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="ECF1F9"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ColorfulShading-Accent6">
     <w:name w:val="Colorful Shading Accent 6"/>
     <w:uiPriority w:val="71"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="4472C4"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="70AD47"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="70AD47"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="70AD47"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F0F7EC"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="DarkList">
     <w:name w:val="Dark List"/>
     <w:uiPriority w:val="70"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="DarkList-Accent1">
     <w:name w:val="Dark List Accent 1"/>
     <w:uiPriority w:val="70"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="DarkList-Accent2">
     <w:name w:val="Dark List Accent 2"/>
     <w:uiPriority w:val="70"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="ED7D31"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="DarkList-Accent3">
     <w:name w:val="Dark List Accent 3"/>
     <w:uiPriority w:val="70"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="DarkList-Accent4">
     <w:name w:val="Dark List Accent 4"/>
     <w:uiPriority w:val="70"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="DarkList-Accent5">
     <w:name w:val="Dark List Accent 5"/>
     <w:uiPriority w:val="70"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="4472C4"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="DarkList-Accent6">
     <w:name w:val="Dark List Accent 6"/>
     <w:uiPriority w:val="70"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="70AD47"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Date">
     <w:name w:val="Date"/>
     <w:next w:val="Normal"/>
     <w:link w:val="DateChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DateChar">
     <w:name w:val="Date Char"/>
     <w:link w:val="Date"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DocumentMapChar">
     <w:name w:val="Document Map Char"/>
     <w:link w:val="DocumentMap"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="E-mailSignature">
     <w:name w:val="E-mail Signature"/>
     <w:link w:val="E-mailSignatureChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="E-mailSignatureChar">
     <w:name w:val="E-mail Signature Char"/>
     <w:link w:val="E-mailSignature"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="EndnoteReference">
     <w:name w:val="endnote reference"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="EndnoteText">
     <w:name w:val="endnote text"/>
     <w:link w:val="EndnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
     <w:name w:val="Endnote Text Char"/>
     <w:link w:val="EndnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="EnvelopeAddress">
     <w:name w:val="envelope address"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:framePr w:w="7920" w:h="1980" w:hRule="exact" w:hSpace="180" w:wrap="auto" w:hAnchor="page" w:xAlign="center" w:yAlign="bottom"/>
       <w:ind w:left="2880"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="EnvelopeReturn">
     <w:name w:val="envelope return"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable1Light">
     <w:name w:val="Grid Table 1 Light"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="999999"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="999999"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="999999"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="999999"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable1Light-Accent1">
     <w:name w:val="Grid Table 1 Light Accent 1"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BDD6EE"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BDD6EE"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BDD6EE"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BDD6EE"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BDD6EE"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BDD6EE"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable1Light-Accent2">
     <w:name w:val="Grid Table 1 Light Accent 2"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="F7CAAC"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="F7CAAC"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F7CAAC"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="F7CAAC"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F7CAAC"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F7CAAC"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable1Light-Accent3">
     <w:name w:val="Grid Table 1 Light Accent 3"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="DBDBDB"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="DBDBDB"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="DBDBDB"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="DBDBDB"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="DBDBDB"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="DBDBDB"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable1Light-Accent4">
     <w:name w:val="Grid Table 1 Light Accent 4"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFE599"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFE599"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFE599"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFE599"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFE599"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFE599"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable1Light-Accent5">
     <w:name w:val="Grid Table 1 Light Accent 5"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="B4C6E7"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="B4C6E7"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B4C6E7"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="B4C6E7"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B4C6E7"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B4C6E7"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable1Light-Accent6">
     <w:name w:val="Grid Table 1 Light Accent 6"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="C5E0B3"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="C5E0B3"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C5E0B3"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="C5E0B3"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C5E0B3"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C5E0B3"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable2">
     <w:name w:val="Grid Table 2"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="666666"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="666666"/>
         <w:insideH w:val="single" w:sz="2" w:space="0" w:color="666666"/>
         <w:insideV w:val="single" w:sz="2" w:space="0" w:color="666666"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable2-Accent1">
     <w:name w:val="Grid Table 2 Accent 1"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="9CC2E5"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="9CC2E5"/>
         <w:insideH w:val="single" w:sz="2" w:space="0" w:color="9CC2E5"/>
         <w:insideV w:val="single" w:sz="2" w:space="0" w:color="9CC2E5"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable2-Accent2">
     <w:name w:val="Grid Table 2 Accent 2"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="F4B083"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="F4B083"/>
         <w:insideH w:val="single" w:sz="2" w:space="0" w:color="F4B083"/>
         <w:insideV w:val="single" w:sz="2" w:space="0" w:color="F4B083"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable2-Accent3">
     <w:name w:val="Grid Table 2 Accent 3"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="C9C9C9"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="C9C9C9"/>
         <w:insideH w:val="single" w:sz="2" w:space="0" w:color="C9C9C9"/>
         <w:insideV w:val="single" w:sz="2" w:space="0" w:color="C9C9C9"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable2-Accent4">
     <w:name w:val="Grid Table 2 Accent 4"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="FFD966"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="FFD966"/>
         <w:insideH w:val="single" w:sz="2" w:space="0" w:color="FFD966"/>
         <w:insideV w:val="single" w:sz="2" w:space="0" w:color="FFD966"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable2-Accent5">
     <w:name w:val="Grid Table 2 Accent 5"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="8EAADB"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="8EAADB"/>
         <w:insideH w:val="single" w:sz="2" w:space="0" w:color="8EAADB"/>
         <w:insideV w:val="single" w:sz="2" w:space="0" w:color="8EAADB"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable2-Accent6">
     <w:name w:val="Grid Table 2 Accent 6"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="A8D08D"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="A8D08D"/>
         <w:insideH w:val="single" w:sz="2" w:space="0" w:color="A8D08D"/>
         <w:insideV w:val="single" w:sz="2" w:space="0" w:color="A8D08D"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable3">
     <w:name w:val="Grid Table 3"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable3-Accent1">
     <w:name w:val="Grid Table 3 Accent 1"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable3-Accent2">
     <w:name w:val="Grid Table 3 Accent 2"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable3-Accent3">
     <w:name w:val="Grid Table 3 Accent 3"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable3-Accent4">
     <w:name w:val="Grid Table 3 Accent 4"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable3-Accent5">
     <w:name w:val="Grid Table 3 Accent 5"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable3-Accent6">
     <w:name w:val="Grid Table 3 Accent 6"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable4">
     <w:name w:val="Grid Table 4"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable4-Accent1">
     <w:name w:val="Grid Table 4 Accent 1"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable4-Accent2">
     <w:name w:val="Grid Table 4 Accent 2"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable4-Accent3">
     <w:name w:val="Grid Table 4 Accent 3"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable4-Accent4">
     <w:name w:val="Grid Table 4 Accent 4"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable4-Accent5">
     <w:name w:val="Grid Table 4 Accent 5"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable4-Accent6">
     <w:name w:val="Grid Table 4 Accent 6"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable5Dark">
     <w:name w:val="Grid Table 5 Dark"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable5Dark-Accent1">
     <w:name w:val="Grid Table 5 Dark Accent 1"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable5Dark-Accent2">
     <w:name w:val="Grid Table 5 Dark Accent 2"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable5Dark-Accent3">
     <w:name w:val="Grid Table 5 Dark Accent 3"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="EDEDED"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable5Dark-Accent4">
     <w:name w:val="Grid Table 5 Dark Accent 4"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable5Dark-Accent5">
     <w:name w:val="Grid Table 5 Dark Accent 5"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable5Dark-Accent6">
     <w:name w:val="Grid Table 5 Dark Accent 6"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable6Colorful">
     <w:name w:val="Grid Table 6 Colorful"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable6Colorful-Accent1">
     <w:name w:val="Grid Table 6 Colorful Accent 1"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="2E74B5"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable6Colorful-Accent2">
     <w:name w:val="Grid Table 6 Colorful Accent 2"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="C45911"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable6Colorful-Accent3">
     <w:name w:val="Grid Table 6 Colorful Accent 3"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="7B7B7B"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable6Colorful-Accent4">
     <w:name w:val="Grid Table 6 Colorful Accent 4"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="BF8F00"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable6Colorful-Accent5">
     <w:name w:val="Grid Table 6 Colorful Accent 5"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="2F5496"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable6Colorful-Accent6">
     <w:name w:val="Grid Table 6 Colorful Accent 6"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="538135"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable7Colorful">
     <w:name w:val="Grid Table 7 Colorful"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable7Colorful-Accent1">
     <w:name w:val="Grid Table 7 Colorful Accent 1"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="2E74B5"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable7Colorful-Accent2">
     <w:name w:val="Grid Table 7 Colorful Accent 2"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="C45911"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable7Colorful-Accent3">
     <w:name w:val="Grid Table 7 Colorful Accent 3"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="7B7B7B"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable7Colorful-Accent4">
     <w:name w:val="Grid Table 7 Colorful Accent 4"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="BF8F00"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable7Colorful-Accent5">
     <w:name w:val="Grid Table 7 Colorful Accent 5"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="2F5496"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable7Colorful-Accent6">
     <w:name w:val="Grid Table 7 Colorful Accent 6"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="538135"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLAcronym">
     <w:name w:val="HTML Acronym"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLAddress">
     <w:name w:val="HTML Address"/>
     <w:link w:val="HTMLAddressChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLAddressChar">
     <w:name w:val="HTML Address Char"/>
     <w:link w:val="HTMLAddress"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLCite">
     <w:name w:val="HTML Cite"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
@@ -14418,51 +14331,50 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLKeyboard">
     <w:name w:val="HTML Keyboard"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
     <w:name w:val="HTML Preformatted Char"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLSample">
     <w:name w:val="HTML Sample"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLTypewriter">
     <w:name w:val="HTML Typewriter"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
@@ -14470,4316 +14382,4153 @@
   </w:style>
   <w:style w:type="character" w:styleId="HTMLVariable">
     <w:name w:val="HTML Variable"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Index1">
     <w:name w:val="index 1"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="220" w:hanging="220"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Index2">
     <w:name w:val="index 2"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="440" w:hanging="220"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Index3">
     <w:name w:val="index 3"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="660" w:hanging="220"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Index4">
     <w:name w:val="index 4"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="880" w:hanging="220"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Index5">
     <w:name w:val="index 5"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="1100" w:hanging="220"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Index6">
     <w:name w:val="index 6"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="1320" w:hanging="220"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Index7">
     <w:name w:val="index 7"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="1540" w:hanging="220"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Index8">
     <w:name w:val="index 8"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="1760" w:hanging="220"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Index9">
     <w:name w:val="index 9"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="1980" w:hanging="220"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IndexHeading">
     <w:name w:val="index heading"/>
     <w:next w:val="Index1"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="5B9BD5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="5B9BD5"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightGrid">
     <w:name w:val="Light Grid"/>
     <w:uiPriority w:val="62"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightGrid-Accent1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:uiPriority w:val="62"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="5B9BD5"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="5B9BD5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5B9BD5"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="5B9BD5"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="5B9BD5"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="5B9BD5"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightGrid-Accent2">
     <w:name w:val="Light Grid Accent 2"/>
     <w:uiPriority w:val="62"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7D31"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="ED7D31"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7D31"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="ED7D31"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="ED7D31"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="ED7D31"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightGrid-Accent3">
     <w:name w:val="Light Grid Accent 3"/>
     <w:uiPriority w:val="62"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightGrid-Accent4">
     <w:name w:val="Light Grid Accent 4"/>
     <w:uiPriority w:val="62"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC000"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFC000"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC000"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFC000"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFC000"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFC000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightGrid-Accent5">
     <w:name w:val="Light Grid Accent 5"/>
     <w:uiPriority w:val="62"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4472C4"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4472C4"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4472C4"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4472C4"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4472C4"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4472C4"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightGrid-Accent6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:uiPriority w:val="62"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="70AD47"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="70AD47"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="70AD47"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="70AD47"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="70AD47"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="70AD47"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightList">
     <w:name w:val="Light List"/>
     <w:uiPriority w:val="61"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightList-Accent1">
     <w:name w:val="Light List Accent 1"/>
     <w:uiPriority w:val="61"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="5B9BD5"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="5B9BD5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5B9BD5"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="5B9BD5"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightList-Accent2">
     <w:name w:val="Light List Accent 2"/>
     <w:uiPriority w:val="61"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7D31"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="ED7D31"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7D31"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="ED7D31"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightList-Accent3">
     <w:name w:val="Light List Accent 3"/>
     <w:uiPriority w:val="61"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightList-Accent4">
     <w:name w:val="Light List Accent 4"/>
     <w:uiPriority w:val="61"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC000"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFC000"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC000"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFC000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightList-Accent5">
     <w:name w:val="Light List Accent 5"/>
     <w:uiPriority w:val="61"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4472C4"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4472C4"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4472C4"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4472C4"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightList-Accent6">
     <w:name w:val="Light List Accent 6"/>
     <w:uiPriority w:val="61"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="70AD47"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="70AD47"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="70AD47"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="70AD47"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightShading">
     <w:name w:val="Light Shading"/>
     <w:uiPriority w:val="60"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightShading-Accent1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:uiPriority w:val="60"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="2E74B5"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="5B9BD5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5B9BD5"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightShading-Accent2">
     <w:name w:val="Light Shading Accent 2"/>
     <w:uiPriority w:val="60"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="C45911"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7D31"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7D31"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightShading-Accent3">
     <w:name w:val="Light Shading Accent 3"/>
     <w:uiPriority w:val="60"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="7B7B7B"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightShading-Accent4">
     <w:name w:val="Light Shading Accent 4"/>
     <w:uiPriority w:val="60"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="BF8F00"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC000"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightShading-Accent5">
     <w:name w:val="Light Shading Accent 5"/>
     <w:uiPriority w:val="60"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="2F5496"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4472C4"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4472C4"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightShading-Accent6">
     <w:name w:val="Light Shading Accent 6"/>
     <w:uiPriority w:val="60"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="538135"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="70AD47"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="70AD47"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="List">
     <w:name w:val="List"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="283" w:hanging="283"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="List2">
     <w:name w:val="List 2"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="566" w:hanging="283"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="List3">
     <w:name w:val="List 3"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="849" w:hanging="283"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="List4">
     <w:name w:val="List 4"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="1132" w:hanging="283"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="List5">
     <w:name w:val="List 5"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="1415" w:hanging="283"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="11"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet2">
     <w:name w:val="List Bullet 2"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="12"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet3">
     <w:name w:val="List Bullet 3"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet4">
     <w:name w:val="List Bullet 4"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet5">
     <w:name w:val="List Bullet 5"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="15"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListContinue">
     <w:name w:val="List Continue"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListContinue2">
     <w:name w:val="List Continue 2"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="566"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListContinue3">
     <w:name w:val="List Continue 3"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="849"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListContinue4">
     <w:name w:val="List Continue 4"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1132"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListContinue5">
     <w:name w:val="List Continue 5"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1415"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber">
     <w:name w:val="List Number"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="16"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber2">
     <w:name w:val="List Number 2"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="17"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber3">
     <w:name w:val="List Number 3"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="18"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber4">
     <w:name w:val="List Number 4"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="19"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber5">
     <w:name w:val="List Number 5"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="20"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable1Light">
     <w:name w:val="List Table 1 Light"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable1Light-Accent1">
     <w:name w:val="List Table 1 Light Accent 1"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable1Light-Accent2">
     <w:name w:val="List Table 1 Light Accent 2"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable1Light-Accent3">
     <w:name w:val="List Table 1 Light Accent 3"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable1Light-Accent4">
     <w:name w:val="List Table 1 Light Accent 4"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable1Light-Accent5">
     <w:name w:val="List Table 1 Light Accent 5"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable1Light-Accent6">
     <w:name w:val="List Table 1 Light Accent 6"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable2">
     <w:name w:val="List Table 2"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable2-Accent1">
     <w:name w:val="List Table 2 Accent 1"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable2-Accent2">
     <w:name w:val="List Table 2 Accent 2"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable2-Accent3">
     <w:name w:val="List Table 2 Accent 3"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable2-Accent4">
     <w:name w:val="List Table 2 Accent 4"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable2-Accent5">
     <w:name w:val="List Table 2 Accent 5"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable2-Accent6">
     <w:name w:val="List Table 2 Accent 6"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable3">
     <w:name w:val="List Table 3"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable3-Accent1">
     <w:name w:val="List Table 3 Accent 1"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="5B9BD5"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="5B9BD5"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="5B9BD5"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="5B9BD5"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable3-Accent2">
     <w:name w:val="List Table 3 Accent 2"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="ED7D31"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="ED7D31"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="ED7D31"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="ED7D31"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable3-Accent3">
     <w:name w:val="List Table 3 Accent 3"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable3-Accent4">
     <w:name w:val="List Table 3 Accent 4"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFC000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFC000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFC000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFC000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable3-Accent5">
     <w:name w:val="List Table 3 Accent 5"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="4472C4"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="4472C4"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4472C4"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="4472C4"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable3-Accent6">
     <w:name w:val="List Table 3 Accent 6"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="70AD47"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="70AD47"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="70AD47"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="70AD47"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable4">
     <w:name w:val="List Table 4"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable4-Accent1">
     <w:name w:val="List Table 4 Accent 1"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="9CC2E5"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable4-Accent2">
     <w:name w:val="List Table 4 Accent 2"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F4B083"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable4-Accent3">
     <w:name w:val="List Table 4 Accent 3"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C9C9C9"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable4-Accent4">
     <w:name w:val="List Table 4 Accent 4"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFD966"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable4-Accent5">
     <w:name w:val="List Table 4 Accent 5"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable4-Accent6">
     <w:name w:val="List Table 4 Accent 6"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A8D08D"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable5Dark">
     <w:name w:val="List Table 5 Dark"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="24" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="24" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="24" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable5Dark-Accent1">
     <w:name w:val="List Table 5 Dark Accent 1"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="5B9BD5"/>
         <w:left w:val="single" w:sz="24" w:space="0" w:color="5B9BD5"/>
         <w:bottom w:val="single" w:sz="24" w:space="0" w:color="5B9BD5"/>
         <w:right w:val="single" w:sz="24" w:space="0" w:color="5B9BD5"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable5Dark-Accent2">
     <w:name w:val="List Table 5 Dark Accent 2"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="ED7D31"/>
         <w:left w:val="single" w:sz="24" w:space="0" w:color="ED7D31"/>
         <w:bottom w:val="single" w:sz="24" w:space="0" w:color="ED7D31"/>
         <w:right w:val="single" w:sz="24" w:space="0" w:color="ED7D31"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="ED7D31"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable5Dark-Accent3">
     <w:name w:val="List Table 5 Dark Accent 3"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="A5A5A5"/>
         <w:left w:val="single" w:sz="24" w:space="0" w:color="A5A5A5"/>
         <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A5A5A5"/>
         <w:right w:val="single" w:sz="24" w:space="0" w:color="A5A5A5"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable5Dark-Accent4">
     <w:name w:val="List Table 5 Dark Accent 4"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="FFC000"/>
         <w:left w:val="single" w:sz="24" w:space="0" w:color="FFC000"/>
         <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFC000"/>
         <w:right w:val="single" w:sz="24" w:space="0" w:color="FFC000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable5Dark-Accent5">
     <w:name w:val="List Table 5 Dark Accent 5"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="4472C4"/>
         <w:left w:val="single" w:sz="24" w:space="0" w:color="4472C4"/>
         <w:bottom w:val="single" w:sz="24" w:space="0" w:color="4472C4"/>
         <w:right w:val="single" w:sz="24" w:space="0" w:color="4472C4"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="4472C4"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable5Dark-Accent6">
     <w:name w:val="List Table 5 Dark Accent 6"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="70AD47"/>
         <w:left w:val="single" w:sz="24" w:space="0" w:color="70AD47"/>
         <w:bottom w:val="single" w:sz="24" w:space="0" w:color="70AD47"/>
         <w:right w:val="single" w:sz="24" w:space="0" w:color="70AD47"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="70AD47"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable6Colorful">
     <w:name w:val="List Table 6 Colorful"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable6Colorful-Accent1">
     <w:name w:val="List Table 6 Colorful Accent 1"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="2E74B5"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="5B9BD5"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="5B9BD5"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable6Colorful-Accent2">
     <w:name w:val="List Table 6 Colorful Accent 2"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="C45911"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="ED7D31"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="ED7D31"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable6Colorful-Accent3">
     <w:name w:val="List Table 6 Colorful Accent 3"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="7B7B7B"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable6Colorful-Accent4">
     <w:name w:val="List Table 6 Colorful Accent 4"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="BF8F00"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFC000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFC000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable6Colorful-Accent5">
     <w:name w:val="List Table 6 Colorful Accent 5"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="2F5496"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="4472C4"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4472C4"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable6Colorful-Accent6">
     <w:name w:val="List Table 6 Colorful Accent 6"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="538135"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="70AD47"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="70AD47"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable7Colorful">
     <w:name w:val="List Table 7 Colorful"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable7Colorful-Accent1">
     <w:name w:val="List Table 7 Colorful Accent 1"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="2E74B5"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable7Colorful-Accent2">
     <w:name w:val="List Table 7 Colorful Accent 2"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="C45911"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable7Colorful-Accent3">
     <w:name w:val="List Table 7 Colorful Accent 3"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="7B7B7B"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable7Colorful-Accent4">
     <w:name w:val="List Table 7 Colorful Accent 4"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="BF8F00"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable7Colorful-Accent5">
     <w:name w:val="List Table 7 Colorful Accent 5"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="2F5496"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable7Colorful-Accent6">
     <w:name w:val="List Table 7 Colorful Accent 6"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="538135"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="MacroText">
     <w:name w:val="macro"/>
     <w:link w:val="MacroTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="480"/>
         <w:tab w:val="left" w:pos="960"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1920"/>
         <w:tab w:val="left" w:pos="2400"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3360"/>
         <w:tab w:val="left" w:pos="3840"/>
         <w:tab w:val="left" w:pos="4320"/>
       </w:tabs>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="MacroTextChar">
     <w:name w:val="Macro Text Char"/>
     <w:link w:val="MacroText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumGrid1">
     <w:name w:val="Medium Grid 1"/>
     <w:uiPriority w:val="67"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="404040"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="404040"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="404040"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="404040"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="404040"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumGrid1-Accent1">
     <w:name w:val="Medium Grid 1 Accent 1"/>
     <w:uiPriority w:val="67"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="84B3DF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="84B3DF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="84B3DF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="84B3DF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="84B3DF"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="84B3DF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D6E6F4"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumGrid1-Accent2">
     <w:name w:val="Medium Grid 1 Accent 2"/>
     <w:uiPriority w:val="67"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="F19D64"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="F19D64"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F19D64"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="F19D64"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F19D64"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F19D64"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FADECB"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumGrid1-Accent3">
     <w:name w:val="Medium Grid 1 Accent 3"/>
     <w:uiPriority w:val="67"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="BBBBBB"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="BBBBBB"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BBBBBB"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="BBBBBB"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="BBBBBB"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="BBBBBB"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumGrid1-Accent4">
     <w:name w:val="Medium Grid 1 Accent 4"/>
     <w:uiPriority w:val="67"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFCF40"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFCF40"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFCF40"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFCF40"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFCF40"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFCF40"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFEFC0"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumGrid1-Accent5">
     <w:name w:val="Medium Grid 1 Accent 5"/>
     <w:uiPriority w:val="67"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="7295D2"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="7295D2"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7295D2"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="7295D2"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="7295D2"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="7295D2"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D0DBF0"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumGrid1-Accent6">
     <w:name w:val="Medium Grid 1 Accent 6"/>
     <w:uiPriority w:val="67"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="93C571"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="93C571"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="93C571"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="93C571"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="93C571"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="93C571"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="DBEBD0"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumGrid2">
     <w:name w:val="Medium Grid 2"/>
     <w:uiPriority w:val="68"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumGrid2-Accent1">
     <w:name w:val="Medium Grid 2 Accent 1"/>
     <w:uiPriority w:val="68"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="5B9BD5"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="5B9BD5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5B9BD5"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="5B9BD5"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="5B9BD5"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="5B9BD5"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D6E6F4"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumGrid2-Accent2">
     <w:name w:val="Medium Grid 2 Accent 2"/>
     <w:uiPriority w:val="68"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7D31"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="ED7D31"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7D31"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="ED7D31"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="ED7D31"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="ED7D31"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FADECB"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumGrid2-Accent3">
     <w:name w:val="Medium Grid 2 Accent 3"/>
     <w:uiPriority w:val="68"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumGrid2-Accent4">
     <w:name w:val="Medium Grid 2 Accent 4"/>
     <w:uiPriority w:val="68"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC000"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFC000"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC000"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFC000"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFC000"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFC000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFEFC0"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumGrid2-Accent5">
     <w:name w:val="Medium Grid 2 Accent 5"/>
     <w:uiPriority w:val="68"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4472C4"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4472C4"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4472C4"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4472C4"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4472C4"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4472C4"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D0DBF0"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumGrid2-Accent6">
     <w:name w:val="Medium Grid 2 Accent 6"/>
     <w:uiPriority w:val="68"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="70AD47"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="70AD47"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="70AD47"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="70AD47"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="70AD47"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="70AD47"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="DBEBD0"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumGrid3">
     <w:name w:val="Medium Grid 3"/>
     <w:uiPriority w:val="69"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumGrid3-Accent1">
     <w:name w:val="Medium Grid 3 Accent 1"/>
     <w:uiPriority w:val="69"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D6E6F4"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumGrid3-Accent2">
     <w:name w:val="Medium Grid 3 Accent 2"/>
     <w:uiPriority w:val="69"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FADECB"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumGrid3-Accent3">
     <w:name w:val="Medium Grid 3 Accent 3"/>
     <w:uiPriority w:val="69"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumGrid3-Accent4">
     <w:name w:val="Medium Grid 3 Accent 4"/>
     <w:uiPriority w:val="69"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFEFC0"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumGrid3-Accent5">
     <w:name w:val="Medium Grid 3 Accent 5"/>
     <w:uiPriority w:val="69"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D0DBF0"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumGrid3-Accent6">
     <w:name w:val="Medium Grid 3 Accent 6"/>
     <w:uiPriority w:val="69"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="DBEBD0"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumList1">
     <w:name w:val="Medium List 1"/>
     <w:uiPriority w:val="65"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumList1-Accent1">
     <w:name w:val="Medium List 1 Accent 1"/>
     <w:uiPriority w:val="65"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="5B9BD5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5B9BD5"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumList1-Accent2">
     <w:name w:val="Medium List 1 Accent 2"/>
     <w:uiPriority w:val="65"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7D31"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7D31"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumList1-Accent3">
     <w:name w:val="Medium List 1 Accent 3"/>
     <w:uiPriority w:val="65"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumList1-Accent4">
     <w:name w:val="Medium List 1 Accent 4"/>
     <w:uiPriority w:val="65"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC000"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumList1-Accent5">
     <w:name w:val="Medium List 1 Accent 5"/>
     <w:uiPriority w:val="65"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4472C4"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4472C4"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumList1-Accent6">
     <w:name w:val="Medium List 1 Accent 6"/>
     <w:uiPriority w:val="65"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="70AD47"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="70AD47"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumList2">
     <w:name w:val="Medium List 2"/>
     <w:uiPriority w:val="66"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumList2-Accent1">
     <w:name w:val="Medium List 2 Accent 1"/>
     <w:uiPriority w:val="66"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="5B9BD5"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="5B9BD5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5B9BD5"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="5B9BD5"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumList2-Accent2">
     <w:name w:val="Medium List 2 Accent 2"/>
     <w:uiPriority w:val="66"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7D31"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="ED7D31"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7D31"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="ED7D31"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumList2-Accent3">
     <w:name w:val="Medium List 2 Accent 3"/>
     <w:uiPriority w:val="66"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumList2-Accent4">
     <w:name w:val="Medium List 2 Accent 4"/>
     <w:uiPriority w:val="66"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC000"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFC000"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC000"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFC000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumList2-Accent5">
     <w:name w:val="Medium List 2 Accent 5"/>
     <w:uiPriority w:val="66"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4472C4"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4472C4"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4472C4"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4472C4"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumList2-Accent6">
     <w:name w:val="Medium List 2 Accent 6"/>
     <w:uiPriority w:val="66"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="70AD47"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="70AD47"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="70AD47"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="70AD47"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumShading1">
     <w:name w:val="Medium Shading 1"/>
     <w:uiPriority w:val="63"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="404040"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="404040"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="404040"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="404040"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumShading1-Accent1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:uiPriority w:val="63"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="84B3DF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="84B3DF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="84B3DF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="84B3DF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="84B3DF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumShading1-Accent2">
     <w:name w:val="Medium Shading 1 Accent 2"/>
     <w:uiPriority w:val="63"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="F19D64"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="F19D64"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F19D64"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="F19D64"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F19D64"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumShading1-Accent3">
     <w:name w:val="Medium Shading 1 Accent 3"/>
     <w:uiPriority w:val="63"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="BBBBBB"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="BBBBBB"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BBBBBB"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="BBBBBB"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="BBBBBB"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumShading1-Accent4">
     <w:name w:val="Medium Shading 1 Accent 4"/>
     <w:uiPriority w:val="63"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFCF40"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFCF40"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFCF40"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFCF40"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFCF40"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumShading1-Accent5">
     <w:name w:val="Medium Shading 1 Accent 5"/>
     <w:uiPriority w:val="63"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="7295D2"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="7295D2"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7295D2"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="7295D2"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="7295D2"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumShading1-Accent6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:uiPriority w:val="63"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="93C571"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="93C571"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="93C571"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="93C571"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="93C571"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumShading2">
     <w:name w:val="Medium Shading 2"/>
     <w:uiPriority w:val="64"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumShading2-Accent1">
     <w:name w:val="Medium Shading 2 Accent 1"/>
     <w:uiPriority w:val="64"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumShading2-Accent2">
     <w:name w:val="Medium Shading 2 Accent 2"/>
     <w:uiPriority w:val="64"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumShading2-Accent3">
     <w:name w:val="Medium Shading 2 Accent 3"/>
     <w:uiPriority w:val="64"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumShading2-Accent4">
     <w:name w:val="Medium Shading 2 Accent 4"/>
     <w:uiPriority w:val="64"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumShading2-Accent5">
     <w:name w:val="Medium Shading 2 Accent 5"/>
     <w:uiPriority w:val="64"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumShading2-Accent6">
     <w:name w:val="Medium Shading 2 Accent 6"/>
     <w:uiPriority w:val="64"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="MessageHeader">
     <w:name w:val="Message Header"/>
     <w:link w:val="MessageHeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
       <w:ind w:left="1134" w:hanging="1134"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="MessageHeaderChar">
     <w:name w:val="Message Header Char"/>
     <w:link w:val="MessageHeader"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalIndent">
     <w:name w:val="Normal Indent"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoteHeading">
     <w:name w:val="Note Heading"/>
     <w:next w:val="Normal"/>
     <w:link w:val="NoteHeadingChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NoteHeadingChar">
     <w:name w:val="Note Heading Char"/>
     <w:link w:val="NoteHeading"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="PlainTable1">
     <w:name w:val="Plain Table 1"/>
     <w:uiPriority w:val="41"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="PlainTable2">
     <w:name w:val="Plain Table 2"/>
     <w:uiPriority w:val="42"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="PlainTable3">
     <w:name w:val="Plain Table 3"/>
     <w:uiPriority w:val="43"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="PlainTable4">
     <w:name w:val="Plain Table 4"/>
     <w:uiPriority w:val="44"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="PlainTable5">
     <w:name w:val="Plain Table 5"/>
     <w:uiPriority w:val="45"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="PlainText">
     <w:name w:val="Plain Text"/>
     <w:link w:val="PlainTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
     <w:name w:val="Plain Text Char"/>
     <w:link w:val="PlainText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:before="200"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Salutation">
     <w:name w:val="Salutation"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SalutationChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SalutationChar">
     <w:name w:val="Salutation Char"/>
     <w:link w:val="Salutation"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Signature">
     <w:name w:val="Signature"/>
     <w:link w:val="SignatureChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="4252"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SignatureChar">
     <w:name w:val="Signature Char"/>
     <w:link w:val="Signature"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
@@ -18793,1657 +18542,1600 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleReference">
     <w:name w:val="Subtle Reference"/>
     <w:uiPriority w:val="31"/>
     <w:qFormat/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:smallCaps/>
       <w:color w:val="5A5A5A"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3Deffects1">
     <w:name w:val="Table 3D effects 1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3Deffects2">
     <w:name w:val="Table 3D effects 2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3Deffects3">
     <w:name w:val="Table 3D effects 3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableClassic1">
     <w:name w:val="Table Classic 1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableClassic2">
     <w:name w:val="Table Classic 2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableClassic3">
     <w:name w:val="Table Classic 3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="000080"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableClassic4">
     <w:name w:val="Table Classic 4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableColorful1">
     <w:name w:val="Table Colorful 1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="008080"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="008080"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="008080"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="008080"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="00FFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="solid" w:color="008080" w:fill="FFFFFF"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableColorful2">
     <w:name w:val="Table Colorful 2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="pct20" w:color="FFFF00" w:fill="FFFFFF"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableColorful3">
     <w:name w:val="Table Colorful 3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="18" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="18" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="pct25" w:color="008080" w:fill="FFFFFF"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableColumns1">
     <w:name w:val="Table Columns 1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableColumns2">
     <w:name w:val="Table Columns 2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableColumns3">
     <w:name w:val="Table Columns 3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000080"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableColumns4">
     <w:name w:val="Table Columns 4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableColumns5">
     <w:name w:val="Table Columns 5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="808080"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="808080"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="808080"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="808080"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableContemporary">
     <w:name w:val="Table Contemporary"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="18" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableElegant">
     <w:name w:val="Table Elegant"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid1">
     <w:name w:val="Table Grid 1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid2">
     <w:name w:val="Table Grid 2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid3">
     <w:name w:val="Table Grid 3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid4">
     <w:name w:val="Table Grid 4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid5">
     <w:name w:val="Table Grid 5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid6">
     <w:name w:val="Table Grid 6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid7">
     <w:name w:val="Table Grid 7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid8">
     <w:name w:val="Table Grid 8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000080"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000080"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGridLight">
     <w:name w:val="Grid Table Light"/>
     <w:uiPriority w:val="40"/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableList1">
     <w:name w:val="Table List 1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="008080"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="008080"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="008080"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="008080"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableList2">
     <w:name w:val="Table List 2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="2"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="808080"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableList3">
     <w:name w:val="Table List 3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableList4">
     <w:name w:val="Table List 4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableList5">
     <w:name w:val="Table List 5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableList6">
     <w:name w:val="Table List 6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="pct50" w:color="000000" w:fill="FFFFFF"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableList7">
     <w:name w:val="Table List 7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="008000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="008000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="008000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="008000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableList8">
     <w:name w:val="Table List 8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TableofAuthorities">
     <w:name w:val="table of authorities"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="220" w:hanging="220"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TableofFigures">
     <w:name w:val="table of figures"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableProfessional">
     <w:name w:val="Table Professional"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableSimple1">
     <w:name w:val="Table Simple 1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="008000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="008000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableSimple2">
     <w:name w:val="Table Simple 2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableSimple3">
     <w:name w:val="Table Simple 3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableSubtle1">
     <w:name w:val="Table Subtle 1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableSubtle2">
     <w:name w:val="Table Subtle 2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableTheme">
     <w:name w:val="Table Theme"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableWeb1">
     <w:name w:val="Table Web 1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellSpacing w:w="20" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         <w:insideH w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         <w:insideV w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr>
       <w:tblCellSpacing w:w="20" w:type="dxa"/>
     </w:trPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableWeb2">
     <w:name w:val="Table Web 2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellSpacing w:w="20" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
         <w:left w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
         <w:bottom w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
         <w:right w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
         <w:insideH w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
         <w:insideV w:val="inset" w:sz="6" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr>
       <w:tblCellSpacing w:w="20" w:type="dxa"/>
     </w:trPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableWeb3">
     <w:name w:val="Table Web 3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellSpacing w:w="20" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="outset" w:sz="24" w:space="0" w:color="auto"/>
         <w:left w:val="outset" w:sz="24" w:space="0" w:color="auto"/>
         <w:bottom w:val="outset" w:sz="24" w:space="0" w:color="auto"/>
         <w:right w:val="outset" w:sz="24" w:space="0" w:color="auto"/>
         <w:insideH w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         <w:insideV w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr>
       <w:tblCellSpacing w:w="20" w:type="dxa"/>
     </w:trPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOAHeading">
     <w:name w:val="toa heading"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:spacing w:before="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="220"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="440"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="660"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="880"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC6">
     <w:name w:val="toc 6"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="1100"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC7">
     <w:name w:val="toc 7"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="1320"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC8">
     <w:name w:val="toc 8"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="1540"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF32E1"/>
     <w:pPr>
       <w:ind w:left="1760"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00EF32E1"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Tablesetup">
     <w:name w:val="Tablesetup"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00412AEF"/>
     <w:pPr>
       <w:ind w:left="1701" w:right="1701"/>
     </w:pPr>
     <w:tblPr/>
     <w:tcPr>
       <w:vAlign w:val="bottom"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00596F81"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
@@ -20493,86 +20185,84 @@
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EndnoteBody">
     <w:name w:val="Endnote Body"/>
     <w:rsid w:val="00A663EB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="851"/>
         <w:tab w:val="left" w:pos="1418"/>
         <w:tab w:val="left" w:pos="1985"/>
         <w:tab w:val="left" w:pos="2552"/>
         <w:tab w:val="left" w:pos="3119"/>
         <w:tab w:val="left" w:pos="3686"/>
         <w:tab w:val="left" w:pos="4253"/>
       </w:tabs>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="120"/>
       <w:ind w:left="284"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:val="en-AU" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AB536A"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00291D9E"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="009515E8"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="71633768">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="118111934">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -21192,63 +20882,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...11 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005D70E4D7CF1D394B8EFC6AD1321D0005" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="aef13d0483b01c7e97b92417336a521e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8de748f3-d5a2-4092-a58d-f2b1d05d96a6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="34510b30a2d17acf8e5c944c995b3c93" ns2:_="">
     <xsd:import namespace="8de748f3-d5a2-4092-a58d-f2b1d05d96a6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8de748f3-d5a2-4092-a58d-f2b1d05d96a6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -21348,129 +21025,142 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC26163E-5FA5-47FE-A849-408979D355BC}">
-[...14 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3A2B82F-E221-4924-8CC1-D4552571B2B6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8de748f3-d5a2-4092-a58d-f2b1d05d96a6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B82173A-CBD7-44C1-8C20-CF2B1931AD03}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC26163E-5FA5-47FE-A849-408979D355BC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB3FC54F-A313-428E-9664-FB69A5834102}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D95198D-BD46-474D-865B-EEACD93D8C3C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2563</Characters>
+  <Pages>3</Pages>
+  <Words>475</Words>
+  <Characters>2491</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>82</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>95</Lines>
+  <Paragraphs>80</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Appointment of an administrator and/or guardian</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2970</CharactersWithSpaces>
+  <CharactersWithSpaces>2886</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>1376266</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>57</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.vcat.vic.gov.au/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2228241</vt:i4>
       </vt:variant>
       <vt:variant>