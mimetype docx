--- v0 (2025-10-14)
+++ v1 (2025-12-10)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7E35AEB0" w14:textId="77777777" w:rsidR="002C5BA3" w:rsidRDefault="002C5BA3" w:rsidP="00B15D76">
       <w:pPr>
         <w:ind w:left="-142" w:firstLine="142"/>
         <w:rPr>
           <w:rStyle w:val="TitleChar"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="DELappearances"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41363099" wp14:editId="054DC9AA">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-64135</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>120811</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="6495415" cy="851213"/>
@@ -169,97 +169,99 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D27AAE">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="0098382C">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ile access to a VCAT case</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62B44FBE" w14:textId="77777777" w:rsidR="00D27AAE" w:rsidRDefault="00D27AAE" w:rsidP="00D27AAE">
+    <w:p w14:paraId="2B897237" w14:textId="1FADD6F6" w:rsidR="00D27AAE" w:rsidRPr="00AA4D0D" w:rsidRDefault="00D27AAE" w:rsidP="00D27AAE">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D27AAE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>You can request to see a file about most VCAT cases. These files may contain the original application, VCAT orders, and documents and correspondences between parties and VCAT.</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:r w:rsidR="00AA4D0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D27AAE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00D27AAE">
+        <w:t xml:space="preserve">Parties to a case are not charged, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA4D0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Parties to a case are not charged, but for everyone else, there is a </w:t>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D27AAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">but for everyone else, there is a </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00D27AAE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>fee to inspect a file</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007F4E06">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -415,51 +417,51 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="426" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D27AAE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>we no longer keep the information after five years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="426EDCC5" w14:textId="77777777" w:rsidR="00D27AAE" w:rsidRPr="00D27AAE" w:rsidRDefault="00D27AAE" w:rsidP="00D27AAE">
+    <w:p w14:paraId="426EDCC5" w14:textId="38E6DC2F" w:rsidR="00D27AAE" w:rsidRDefault="00D27AAE" w:rsidP="00D27AAE">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D27AAE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Also, a VCAT</w:t>
       </w:r>
       <w:r w:rsidRPr="00D27AAE">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
@@ -474,60 +476,120 @@
         <w:t>member</w:t>
       </w:r>
       <w:r w:rsidRPr="00357513">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D27AAE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>must approve file requests about guardianship and administration, powers of</w:t>
       </w:r>
       <w:r w:rsidR="007F4E06">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> attorney,  medical treatment, or an advance care directive</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D27AAE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007F4E06">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>attorney,  medical</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007F4E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> treatment, or an advance care directive</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D27AAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="00AA4D0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D324D6A" w14:textId="6B1C549C" w:rsidR="00AA4D0D" w:rsidRPr="00D27AAE" w:rsidRDefault="00AA4D0D" w:rsidP="00D27AAE">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you are from the media, please complete this form, pay the fee and email it to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00C1767C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>media@courts.vic.gov.au</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3218415E" w14:textId="0E9A3919" w:rsidR="00D27AAE" w:rsidRPr="009A21C0" w:rsidRDefault="00D27AAE" w:rsidP="00D27AAE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Y</w:t>
       </w:r>
       <w:r w:rsidR="0098382C">
         <w:t>our details</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="679077C8" w14:textId="77777777" w:rsidR="00D27AAE" w:rsidRPr="00D27AAE" w:rsidRDefault="00D27AAE" w:rsidP="00D27AAE">
       <w:pPr>
         <w:spacing w:before="240" w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -569,82 +631,80 @@
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="676"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="2410"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AB63B2" w:rsidRPr="00EE65AA" w14:paraId="3F319E7E" w14:textId="77777777" w:rsidTr="007B67EF">
         <w:trPr>
           <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1855F977" w14:textId="77777777" w:rsidR="00AB63B2" w:rsidRPr="00EE65AA" w:rsidRDefault="008414A2" w:rsidP="007B67EF">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="-1100"/>
               <w:contextualSpacing/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidR="00AB63B2">
               <w:t>Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="354FFB29" w14:textId="77777777" w:rsidR="00AB63B2" w:rsidRPr="00EE65AA" w:rsidRDefault="00AB63B2" w:rsidP="007B67EF">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="-108" w:right="-533"/>
               <w:contextualSpacing/>
             </w:pPr>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="SiteAddress"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Site address"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="separate"/>
@@ -671,75 +731,73 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="58631ED2" w14:textId="77777777" w:rsidR="00AB63B2" w:rsidRPr="00EE65AA" w:rsidRDefault="00AB63B2" w:rsidP="007B67EF">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="37" w:right="0"/>
               <w:contextualSpacing/>
             </w:pPr>
             <w:r>
               <w:t>Given names</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6DA250B4" w14:textId="77777777" w:rsidR="00AB63B2" w:rsidRPr="00EE65AA" w:rsidRDefault="007B67EF" w:rsidP="007B67EF">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
@@ -765,76 +823,74 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="06FEF13F" w14:textId="77777777" w:rsidR="00AB63B2" w:rsidRPr="00EE65AA" w:rsidRDefault="00AB63B2" w:rsidP="007B67EF">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="33" w:right="-108"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Last name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7D79A811" w14:textId="77777777" w:rsidR="00AB63B2" w:rsidRPr="00EE65AA" w:rsidRDefault="00AB63B2" w:rsidP="007B67EF">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
@@ -897,82 +953,80 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Enter your qualifications and provider number."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2944"/>
         <w:gridCol w:w="6946"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AB63B2" w:rsidRPr="00EE65AA" w14:paraId="04916BDB" w14:textId="77777777" w:rsidTr="00966EE8">
         <w:trPr>
           <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4ED44104" w14:textId="77777777" w:rsidR="00AB63B2" w:rsidRPr="00EE65AA" w:rsidRDefault="008414A2" w:rsidP="007B67EF">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="34"/>
               <w:contextualSpacing/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidR="00AB63B2">
               <w:t>Organisation (if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3FCF08CD" w14:textId="77777777" w:rsidR="00AB63B2" w:rsidRPr="00EE65AA" w:rsidRDefault="00AB63B2" w:rsidP="007B67EF">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing/>
             </w:pPr>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="SiteAddress"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Site address"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="separate"/>
@@ -1033,84 +1087,82 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Enter your qualifications and provider number."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2944"/>
         <w:gridCol w:w="6946"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AB63B2" w:rsidRPr="00EE65AA" w14:paraId="560CFBCC" w14:textId="77777777" w:rsidTr="00966EE8">
         <w:trPr>
           <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="01F4D0CB" w14:textId="77777777" w:rsidR="00AB63B2" w:rsidRPr="00EE65AA" w:rsidRDefault="008414A2" w:rsidP="008414A2">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="34"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidR="00AB63B2">
               <w:t xml:space="preserve">Street number and </w:t>
             </w:r>
             <w:r w:rsidR="00233D6A">
               <w:t>name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="27FAA808" w14:textId="77777777" w:rsidR="00AB63B2" w:rsidRPr="00EE65AA" w:rsidRDefault="00AB63B2" w:rsidP="00966EE8">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="SiteAddress"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Site address"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
@@ -1174,81 +1226,79 @@
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="959"/>
         <w:gridCol w:w="5245"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="851"/>
       </w:tblGrid>
       <w:tr w:rsidR="00233D6A" w:rsidRPr="00EE65AA" w14:paraId="402278BA" w14:textId="77777777" w:rsidTr="006D4396">
         <w:trPr>
           <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="55C6948B" w14:textId="77777777" w:rsidR="00233D6A" w:rsidRPr="00EE65AA" w:rsidRDefault="008414A2" w:rsidP="006E4C6B">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="-1242"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidR="00233D6A">
               <w:t>Suburb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3E3D843E" w14:textId="77777777" w:rsidR="00233D6A" w:rsidRPr="00EE65AA" w:rsidRDefault="00233D6A" w:rsidP="00966EE8">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="SiteAddress"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Site address"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
@@ -1274,148 +1324,144 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="59072001" w14:textId="77777777" w:rsidR="00233D6A" w:rsidRPr="00EE65AA" w:rsidRDefault="00233D6A" w:rsidP="006E4C6B">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="-108" w:right="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0163AC45" w14:textId="77777777" w:rsidR="00233D6A" w:rsidRPr="00EE65AA" w:rsidRDefault="00233D6A" w:rsidP="006D4396">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="        "/>
                     <w:listEntry w:val="VIC"/>
                     <w:listEntry w:val="ACT"/>
                     <w:listEntry w:val="NSW"/>
                     <w:listEntry w:val="NT"/>
                     <w:listEntry w:val="QLD"/>
                     <w:listEntry w:val="SA"/>
                     <w:listEntry w:val="TAS"/>
                     <w:listEntry w:val="WA"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="67D487BD" w14:textId="77777777" w:rsidR="00233D6A" w:rsidRPr="00EE65AA" w:rsidRDefault="00233D6A" w:rsidP="00966EE8">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="34"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5F685219" w14:textId="77777777" w:rsidR="00233D6A" w:rsidRPr="00EE65AA" w:rsidRDefault="00233D6A" w:rsidP="006D4396">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="-111"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
@@ -1477,82 +1523,80 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Enter your qualifications and provider number."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2944"/>
         <w:gridCol w:w="6946"/>
       </w:tblGrid>
       <w:tr w:rsidR="000868B5" w:rsidRPr="00EE65AA" w14:paraId="4E88D5BF" w14:textId="77777777" w:rsidTr="00E74510">
         <w:trPr>
           <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="57FAD25A" w14:textId="77777777" w:rsidR="000868B5" w:rsidRPr="00EE65AA" w:rsidRDefault="000868B5" w:rsidP="00E74510">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="34"/>
               <w:contextualSpacing/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r>
               <w:t>Contact number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4C64B537" w14:textId="77777777" w:rsidR="000868B5" w:rsidRPr="00EE65AA" w:rsidRDefault="000868B5" w:rsidP="00E74510">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing/>
             </w:pPr>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="SiteAddress"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Site address"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="separate"/>
@@ -1613,81 +1657,79 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Enter your qualifications and provider number."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2944"/>
         <w:gridCol w:w="6946"/>
       </w:tblGrid>
       <w:tr w:rsidR="000868B5" w:rsidRPr="00EE65AA" w14:paraId="70C75203" w14:textId="77777777" w:rsidTr="00E74510">
         <w:trPr>
           <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3CC0DE3D" w14:textId="77777777" w:rsidR="000868B5" w:rsidRPr="00EE65AA" w:rsidRDefault="000868B5" w:rsidP="00E74510">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="34"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r>
               <w:t>Email address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4E1AAF63" w14:textId="77777777" w:rsidR="000868B5" w:rsidRPr="00EE65AA" w:rsidRDefault="000868B5" w:rsidP="00E74510">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="SiteAddress"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Site address"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
@@ -1786,56 +1828,56 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF27A7">
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="ParticipationIntend"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="I intend to appear and present a submission at the hearing"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00AF27A7">
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidR="00AF27A7">
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidR="00AF27A7">
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00AF27A7">
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00AF27A7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes</w:t>
       </w:r>
       <w:r w:rsidR="00AF27A7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00AF27A7">
         <w:rPr>
@@ -1860,104 +1902,104 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF27A7">
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="ParticipationIntend"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="I intend to appear and present a submission at the hearing"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00AF27A7">
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidR="00AF27A7">
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidR="00AF27A7">
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00AF27A7">
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00357513">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> No.</w:t>
       </w:r>
       <w:r w:rsidR="00AF27A7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00357513">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
       <w:r w:rsidR="00D02FB9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>ou must pay a fee.</w:t>
       </w:r>
       <w:r w:rsidR="00AF27A7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Find out more at</w:t>
       </w:r>
       <w:r w:rsidR="00AF27A7" w:rsidRPr="00D02FB9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00AF27A7" w:rsidRPr="00D02FB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>vcat.vic.gov.au/f</w:t>
         </w:r>
         <w:r w:rsidR="00D02FB9" w:rsidRPr="00D02FB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>ileinspectionf</w:t>
         </w:r>
         <w:r w:rsidR="00AF27A7" w:rsidRPr="00D02FB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
@@ -1994,96 +2036,94 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Enter your qualifications and provider number."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2944"/>
         <w:gridCol w:w="6946"/>
       </w:tblGrid>
       <w:tr w:rsidR="007B67EF" w:rsidRPr="00EE65AA" w14:paraId="3D4B73ED" w14:textId="77777777" w:rsidTr="00C544A6">
         <w:trPr>
           <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0B92F2A9" w14:textId="77777777" w:rsidR="007B67EF" w:rsidRPr="00EE65AA" w:rsidRDefault="00347600" w:rsidP="00C544A6">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="-143" w:right="-671"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="006A7E52">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> VCAT file reference number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1F73ECAD" w14:textId="77777777" w:rsidR="007B67EF" w:rsidRPr="00EE65AA" w:rsidRDefault="007B67EF" w:rsidP="00E74510">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="SiteAddress"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Site address"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
@@ -2143,51 +2183,50 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Enter your qualifications and provider number."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2944"/>
         <w:gridCol w:w="6946"/>
       </w:tblGrid>
       <w:tr w:rsidR="00347600" w:rsidRPr="00EE65AA" w14:paraId="20C914B2" w14:textId="77777777" w:rsidTr="00C544A6">
         <w:trPr>
           <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4ABA9C9A" w14:textId="77777777" w:rsidR="00347600" w:rsidRPr="00EE65AA" w:rsidRDefault="00347600" w:rsidP="00347600">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="-143" w:right="34"/>
               <w:contextualSpacing/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="006A7E52">
               <w:rPr>
                 <w:b/>
@@ -2213,51 +2252,50 @@
               <w:t xml:space="preserve"> of applicant</w:t>
             </w:r>
             <w:r w:rsidR="00CE689E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="74169117" w14:textId="77777777" w:rsidR="00347600" w:rsidRPr="00EE65AA" w:rsidRDefault="00347600" w:rsidP="00347600">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing/>
             </w:pPr>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="SiteAddress"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Site address"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="separate"/>
@@ -2320,51 +2358,50 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Enter your qualifications and provider number."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2944"/>
         <w:gridCol w:w="6946"/>
       </w:tblGrid>
       <w:tr w:rsidR="00347600" w:rsidRPr="00EE65AA" w14:paraId="37183F6C" w14:textId="77777777" w:rsidTr="00C544A6">
         <w:trPr>
           <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="70DFACBE" w14:textId="77777777" w:rsidR="00347600" w:rsidRPr="00EE65AA" w:rsidRDefault="00347600" w:rsidP="00C544A6">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="-143" w:right="34"/>
               <w:contextualSpacing/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="006A7E52">
               <w:rPr>
                 <w:b/>
@@ -2390,51 +2427,50 @@
               <w:t xml:space="preserve"> of respondent</w:t>
             </w:r>
             <w:r w:rsidR="00CE689E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4FF2F7C6" w14:textId="77777777" w:rsidR="00347600" w:rsidRPr="00EE65AA" w:rsidRDefault="00347600" w:rsidP="00C544A6">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing/>
             </w:pPr>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="SiteAddress"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Site address"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="separate"/>
@@ -2497,97 +2533,95 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Enter your qualifications and provider number."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4361"/>
         <w:gridCol w:w="5529"/>
       </w:tblGrid>
       <w:tr w:rsidR="00347600" w:rsidRPr="00EE65AA" w14:paraId="59014DE3" w14:textId="77777777" w:rsidTr="00347600">
         <w:trPr>
           <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4361" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6AB86684" w14:textId="77777777" w:rsidR="00347600" w:rsidRPr="00EE65AA" w:rsidRDefault="00347600" w:rsidP="00C544A6">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="-143" w:right="-815"/>
               <w:contextualSpacing/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="006A7E52">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> Name of represented person (if applicable) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3F41C3CC" w14:textId="77777777" w:rsidR="00347600" w:rsidRPr="00EE65AA" w:rsidRDefault="00347600" w:rsidP="00C544A6">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing/>
             </w:pPr>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="SiteAddress"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Site address"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="separate"/>
@@ -2687,81 +2721,79 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Enter your qualifications and provider number."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2944"/>
         <w:gridCol w:w="6946"/>
       </w:tblGrid>
       <w:tr w:rsidR="008D1E84" w:rsidRPr="00EE65AA" w14:paraId="33E68FF5" w14:textId="77777777" w:rsidTr="008D1E84">
         <w:trPr>
           <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3CB4E8B4" w14:textId="77777777" w:rsidR="008D1E84" w:rsidRPr="00EE65AA" w:rsidRDefault="008D1E84" w:rsidP="008D1E84">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="34"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r>
               <w:t>Street number and name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="03501FF4" w14:textId="77777777" w:rsidR="008D1E84" w:rsidRPr="00EE65AA" w:rsidRDefault="008D1E84" w:rsidP="008D1E84">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="SiteAddress"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Site address"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
@@ -2825,81 +2857,79 @@
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="959"/>
         <w:gridCol w:w="5245"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="851"/>
       </w:tblGrid>
       <w:tr w:rsidR="006D4396" w:rsidRPr="00EE65AA" w14:paraId="7CC838BF" w14:textId="77777777" w:rsidTr="004E2AD7">
         <w:trPr>
           <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="016CAF89" w14:textId="77777777" w:rsidR="006D4396" w:rsidRPr="00EE65AA" w:rsidRDefault="006D4396" w:rsidP="004E2AD7">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="-1242"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r>
               <w:t>Suburb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4196BF69" w14:textId="77777777" w:rsidR="006D4396" w:rsidRPr="00EE65AA" w:rsidRDefault="006D4396" w:rsidP="004E2AD7">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="SiteAddress"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Site address"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
@@ -2925,148 +2955,144 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4F39F22A" w14:textId="77777777" w:rsidR="006D4396" w:rsidRPr="00EE65AA" w:rsidRDefault="006D4396" w:rsidP="004E2AD7">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="-108" w:right="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7D0C2473" w14:textId="77777777" w:rsidR="006D4396" w:rsidRPr="00EE65AA" w:rsidRDefault="006D4396" w:rsidP="004E2AD7">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="        "/>
                     <w:listEntry w:val="VIC"/>
                     <w:listEntry w:val="ACT"/>
                     <w:listEntry w:val="NSW"/>
                     <w:listEntry w:val="NT"/>
                     <w:listEntry w:val="QLD"/>
                     <w:listEntry w:val="SA"/>
                     <w:listEntry w:val="TAS"/>
                     <w:listEntry w:val="WA"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="55DF3EE5" w14:textId="77777777" w:rsidR="006D4396" w:rsidRPr="00EE65AA" w:rsidRDefault="006D4396" w:rsidP="004E2AD7">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="34"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="707CBF6A" w14:textId="77777777" w:rsidR="006D4396" w:rsidRPr="00EE65AA" w:rsidRDefault="006D4396" w:rsidP="004E2AD7">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="-111"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
@@ -3201,56 +3227,56 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="ParticipationIntend"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="I intend to appear and present a submission at the hearing"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Building and </w:t>
       </w:r>
       <w:r w:rsidR="00D02FB9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Property</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3271,56 +3297,56 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="ParticipationIntend"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="I intend to appear and present a submission at the hearing"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00E8590E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D02FB9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Civil Claims</w:t>
       </w:r>
       <w:r w:rsidR="00AF27A7">
         <w:rPr>
@@ -3355,56 +3381,56 @@
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="ParticipationIntend"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="I intend to appear and present a submission at the hearing"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00E8590E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D02FB9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Guardianship</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3447,56 +3473,56 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="ParticipationIntend"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="I intend to appear and present a submission at the hearing"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D02FB9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Human Rights                             </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3515,56 +3541,56 @@
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="ParticipationIntend"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="I intend to appear and present a submission at the hearing"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D02FB9">
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:t>Legal Practice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3585,56 +3611,56 @@
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="ParticipationIntend"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="I intend to appear and present a submission at the hearing"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00E8590E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D02FB9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Owners Corporations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69D8F6DA" w14:textId="77777777" w:rsidR="00C544A6" w:rsidRPr="00CA74DA" w:rsidRDefault="00C544A6" w:rsidP="00C544A6">
@@ -3673,56 +3699,56 @@
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="ParticipationIntend"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="I intend to appear and present a submission at the hearing"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D02FB9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Planning and Environment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3739,56 +3765,56 @@
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="ParticipationIntend"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="I intend to appear and present a submission at the hearing"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00E8590E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00357513">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Residential T</w:t>
       </w:r>
       <w:r w:rsidR="00D02FB9">
         <w:rPr>
@@ -3817,56 +3843,56 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="ParticipationIntend"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="I intend to appear and present a submission at the hearing"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00E8590E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D02FB9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Review and Regulation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3932,51 +3958,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="0E515342" w14:textId="77777777" w:rsidR="008D1E84" w:rsidRPr="00067A6B" w:rsidRDefault="00067A6B" w:rsidP="00067A6B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="7920"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">There may be </w:t>
       </w:r>
       <w:r w:rsidR="00491750">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">a fee charged, find out more at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00491750" w:rsidRPr="00D02FB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>vcat.vic.gov.au/fileinspectionfees</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00491750">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60F3CF62" w14:textId="1FF9A631" w:rsidR="00B15D76" w:rsidRPr="009A21C0" w:rsidRDefault="00B15D76" w:rsidP="00B15D76">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>G</w:t>
@@ -4442,73 +4468,71 @@
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="139"/>
         <w:gridCol w:w="9761"/>
       </w:tblGrid>
       <w:tr w:rsidR="00896751" w14:paraId="7947BFF8" w14:textId="77777777" w:rsidTr="00A22C59">
         <w:trPr>
           <w:trHeight w:val="7360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="139" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46DE8E21" w14:textId="77777777" w:rsidR="00896751" w:rsidRDefault="00896751" w:rsidP="00221469">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rStyle w:val="CheckboxListChar"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62FF5AB5" w14:textId="77777777" w:rsidR="00896751" w:rsidRDefault="00896751" w:rsidP="00966EE8">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="-57"/>
               <w:rPr>
                 <w:rStyle w:val="CheckboxListChar"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="006D5BE0">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="2250"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -4638,51 +4662,51 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="142"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>If you would</w:t>
       </w:r>
       <w:r w:rsidR="007F4E06">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> instead</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> like to pay by EFTPOS, cash, money order or bank cheque, see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00357513">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>vcat.vic.gov.au/fees</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="734927AE" w14:textId="77777777" w:rsidR="007200CC" w:rsidRDefault="007200CC" w:rsidP="007200CC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
@@ -4710,56 +4734,56 @@
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="ParticipationIntend"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="I intend to appear and present a submission at the hearing"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Standard</w:t>
       </w:r>
       <w:r w:rsidRPr="00A95303">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
@@ -4784,56 +4808,56 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="ParticipationIntend"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="I intend to appear and present a submission at the hearing"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t xml:space="preserve">Corporate  </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
@@ -4848,56 +4872,56 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="ParticipationIntend"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="I intend to appear and present a submission at the hearing"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00E8590E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Concession</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="588422D7" w14:textId="77777777" w:rsidR="007200CC" w:rsidRPr="00914516" w:rsidRDefault="007200CC" w:rsidP="007200CC">
@@ -4920,74 +4944,72 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
       <w:tr w:rsidR="007200CC" w:rsidRPr="00EE65AA" w14:paraId="7B7662F1" w14:textId="77777777" w:rsidTr="00E74510">
         <w:trPr>
           <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="603969D8" w14:textId="77777777" w:rsidR="007200CC" w:rsidRPr="00EE65AA" w:rsidRDefault="007200CC" w:rsidP="00E74510">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="176" w:right="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Fee amount charged </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="159E7836" w14:textId="77777777" w:rsidR="007200CC" w:rsidRPr="00EE65AA" w:rsidRDefault="007200CC" w:rsidP="00E74510">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">$ </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="SiteAddress"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Site address"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -5086,56 +5108,56 @@
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="ParticipationIntend"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="I intend to appear and present a submission at the hearing"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> VISA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -5153,56 +5175,56 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="ParticipationIntend"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="I intend to appear and present a submission at the hearing"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CheckboxListChar"/>
         </w:rPr>
         <w:t xml:space="preserve">  MasterCard</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03174AAB" w14:textId="77777777" w:rsidR="007200CC" w:rsidRPr="00914516" w:rsidRDefault="007200CC" w:rsidP="007200CC">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="10"/>
@@ -5220,81 +5242,79 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="4253"/>
       </w:tblGrid>
       <w:tr w:rsidR="007200CC" w:rsidRPr="00EE65AA" w14:paraId="1034CC49" w14:textId="77777777" w:rsidTr="00E74510">
         <w:trPr>
           <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2F982E8E" w14:textId="77777777" w:rsidR="007200CC" w:rsidRPr="00EE65AA" w:rsidRDefault="007200CC" w:rsidP="00E74510">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="176" w:right="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r>
               <w:t>Cardholder name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7C3ECC69" w14:textId="77777777" w:rsidR="007200CC" w:rsidRPr="00EE65AA" w:rsidRDefault="007200CC" w:rsidP="00E74510">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="SiteAddress"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Site address"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00EE65AA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
@@ -5361,80 +5381,78 @@
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="4253"/>
       </w:tblGrid>
       <w:tr w:rsidR="007200CC" w14:paraId="0995EC5C" w14:textId="77777777" w:rsidTr="00E74510">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="60304718" w14:textId="77777777" w:rsidR="007200CC" w:rsidRDefault="007200CC" w:rsidP="00E74510">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="332" w:right="0" w:firstLine="37"/>
               <w:rPr>
                 <w:rStyle w:val="CheckboxListChar"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CheckboxListChar"/>
               </w:rPr>
               <w:t xml:space="preserve">Card number: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3724607A" w14:textId="77777777" w:rsidR="007200CC" w:rsidRDefault="007200CC" w:rsidP="00E74510">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rStyle w:val="CheckboxListChar"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008E1280">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
@@ -5512,80 +5530,78 @@
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
       <w:tr w:rsidR="007200CC" w14:paraId="7775C0CA" w14:textId="77777777" w:rsidTr="00E74510">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2BC125E2" w14:textId="77777777" w:rsidR="007200CC" w:rsidRDefault="007200CC" w:rsidP="00E74510">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="332" w:right="0" w:firstLine="37"/>
               <w:rPr>
                 <w:rStyle w:val="CheckboxListChar"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CheckboxListChar"/>
               </w:rPr>
               <w:t xml:space="preserve">Card expiry (mm/yy): </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2BD72366" w14:textId="77777777" w:rsidR="007200CC" w:rsidRDefault="007200CC" w:rsidP="00E74510">
             <w:pPr>
               <w:pStyle w:val="TableLabels"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rStyle w:val="CheckboxListChar"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008E1280">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
@@ -5701,77 +5717,110 @@
     <w:p w14:paraId="5FF12160" w14:textId="48DC2150" w:rsidR="002C5BA3" w:rsidRPr="002C5BA3" w:rsidRDefault="002C5BA3" w:rsidP="002C5BA3">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="0098382C">
         <w:t>ubmitting the request</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="409A5118" w14:textId="77777777" w:rsidR="00357513" w:rsidRDefault="00357513" w:rsidP="002C5BA3">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>If you have supplied your credit card details, send your completed form to us by post or in person.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B25CACD" w14:textId="77777777" w:rsidR="00357513" w:rsidRDefault="00357513" w:rsidP="002C5BA3">
+    <w:p w14:paraId="73E20671" w14:textId="1AB44415" w:rsidR="002C5BA3" w:rsidRDefault="00357513" w:rsidP="00AA4D0D">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>If you have not provided your credit card details on this form, you can send your completed form to us by email, by post or in person.</w:t>
       </w:r>
+      <w:r w:rsidR="00AA4D0D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>To protect yourself, do not send credit card details over email.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="73E20671" w14:textId="77777777" w:rsidR="002C5BA3" w:rsidRDefault="00357513" w:rsidP="00357513">
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+    <w:p w14:paraId="43BCDE9A" w14:textId="76A19B97" w:rsidR="00AA4D0D" w:rsidRPr="00AA4D0D" w:rsidRDefault="00AA4D0D" w:rsidP="00AA4D0D">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you are from the media, please complete this form, pay the fee and email it to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00C1767C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>media@courts.vic.gov.au</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="411E1383" w14:textId="77777777" w:rsidR="006D4396" w:rsidRPr="00083119" w:rsidRDefault="006D4396" w:rsidP="006D4396">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:t>By post</w:t>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
@@ -6182,68 +6231,68 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial-BoldMT" w:eastAsia="Times New Roman" w:hAnsi="Arial-BoldMT" w:cs="Arial-BoldMT"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="Arial-BoldMT" w:eastAsia="Times New Roman" w:hAnsi="Arial-BoldMT" w:cs="Arial-BoldMT"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="Arial-BoldMT" w:eastAsia="Times New Roman" w:hAnsi="Arial-BoldMT" w:cs="Arial-BoldMT"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>Renting a Home</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="462A627F" w14:textId="70FCA371" w:rsidR="002C5BA3" w:rsidRPr="00083119" w:rsidRDefault="002C5BA3" w:rsidP="00A22C59">
+    <w:p w14:paraId="462A627F" w14:textId="59E8DFFC" w:rsidR="002C5BA3" w:rsidRPr="00083119" w:rsidRDefault="002C5BA3" w:rsidP="00A22C59">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="20"/>
         <w:ind w:left="142" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00B577D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>civil@courts.vic.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
@@ -6259,59 +6308,57 @@
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00B577D9">
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="00AA4D0D" w:rsidRPr="00EF1E22">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
-            <w:color w:val="auto"/>
-            <w:u w:val="none"/>
           </w:rPr>
-          <w:t>civil@courts.vic.gov.au</w:t>
+          <w:t>renting@courts.vic.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="631172C2" w14:textId="77777777" w:rsidR="002C5BA3" w:rsidRPr="00083119" w:rsidRDefault="002C5BA3" w:rsidP="002C5BA3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F6C6767" w14:textId="77777777" w:rsidR="002C5BA3" w:rsidRPr="00083119" w:rsidRDefault="002C5BA3" w:rsidP="002C5BA3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="142" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial-BoldMT" w:eastAsia="Times New Roman" w:hAnsi="Arial-BoldMT" w:cs="Arial-BoldMT"/>
           <w:b/>
@@ -6419,99 +6466,99 @@
           <w:rFonts w:ascii="Arial-BoldMT" w:eastAsia="Times New Roman" w:hAnsi="Arial-BoldMT" w:cs="Arial-BoldMT"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>Guardianship and Administration</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CC7959C" w14:textId="51C513FB" w:rsidR="002C5BA3" w:rsidRPr="00083119" w:rsidRDefault="002C5BA3" w:rsidP="002C5BA3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="142" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00B577D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>humanrights@courts.vic.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="00B577D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>humanrights@courts.vic.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="27531DE6" w14:textId="77777777" w:rsidR="00A22C59" w:rsidRDefault="00A22C59" w:rsidP="002C5BA3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="142" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial-BoldMT" w:eastAsia="Times New Roman" w:hAnsi="Arial-BoldMT" w:cs="Arial-BoldMT"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -6597,51 +6644,51 @@
           <w:rFonts w:ascii="Arial-BoldMT" w:eastAsia="Times New Roman" w:hAnsi="Arial-BoldMT" w:cs="Arial-BoldMT"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>Retail and Commercial Leases</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28C08D9A" w14:textId="255B8DCF" w:rsidR="00A22C59" w:rsidRDefault="002C5BA3" w:rsidP="00A22C59">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="20"/>
         <w:ind w:left="142" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="00B577D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>civil@courts.vic.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
@@ -6657,51 +6704,51 @@
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00B577D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>civil@courts.vic.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="249436E1" w14:textId="77777777" w:rsidR="00A22C59" w:rsidRDefault="00A22C59" w:rsidP="00A22C59">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="20"/>
         <w:ind w:left="142" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4774A17D" w14:textId="7E0518C5" w:rsidR="002C5BA3" w:rsidRPr="00083119" w:rsidRDefault="002C5BA3" w:rsidP="00A22C59">
       <w:pPr>
@@ -6801,51 +6848,51 @@
           <w:rFonts w:ascii="Arial-BoldMT" w:eastAsia="Times New Roman" w:hAnsi="Arial-BoldMT" w:cs="Arial-BoldMT"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>Health and Privacy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60640DD4" w14:textId="2D6E8EEF" w:rsidR="002C5BA3" w:rsidRPr="00083119" w:rsidRDefault="002C5BA3" w:rsidP="00A22C59">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="20"/>
         <w:ind w:left="142" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="00B577D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>civil@courts.vic.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
@@ -6861,51 +6908,51 @@
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00B577D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>humanrights@courts.vic.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="79735A8D" w14:textId="77777777" w:rsidR="002C5BA3" w:rsidRPr="00083119" w:rsidRDefault="002C5BA3" w:rsidP="002C5BA3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="142" w:right="0"/>
         <w:rPr>
@@ -7023,93 +7070,93 @@
           <w:rFonts w:ascii="Arial-BoldMT" w:eastAsia="Times New Roman" w:hAnsi="Arial-BoldMT" w:cs="Arial-BoldMT"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>Review and Regulation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5965B993" w14:textId="0829BACC" w:rsidR="002C5BA3" w:rsidRPr="00083119" w:rsidRDefault="002C5BA3" w:rsidP="00A22C59">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="20"/>
         <w:ind w:left="142" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidR="00B577D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>humanrights@courts.vic.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidR="00B577D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>admin@courts.vic.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E8D1B0A" w14:textId="77777777" w:rsidR="002C5BA3" w:rsidRPr="00083119" w:rsidRDefault="002C5BA3" w:rsidP="002C5BA3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="142" w:right="0"/>
         <w:rPr>
@@ -7187,51 +7234,51 @@
           <w:rFonts w:ascii="Arial-BoldMT" w:eastAsia="Times New Roman" w:hAnsi="Arial-BoldMT" w:cs="Arial-BoldMT"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>Land Valuation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="765311EA" w14:textId="3FBA927F" w:rsidR="002C5BA3" w:rsidRPr="00083119" w:rsidRDefault="002C5BA3" w:rsidP="00A22C59">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="20"/>
         <w:ind w:left="142" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidR="00B577D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>admin@courts.vic.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
@@ -7241,51 +7288,51 @@
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidR="00B577D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>admin@courts.vic.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6BE3428E" w14:textId="77777777" w:rsidR="002C5BA3" w:rsidRPr="00083119" w:rsidRDefault="002C5BA3" w:rsidP="002C5BA3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="142" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="087D27DE" w14:textId="77777777" w:rsidR="002C5BA3" w:rsidRPr="00083119" w:rsidRDefault="002C5BA3" w:rsidP="002C5BA3">
       <w:pPr>
@@ -7393,99 +7440,99 @@
           <w:rFonts w:ascii="Arial-BoldMT" w:eastAsia="Times New Roman" w:hAnsi="Arial-BoldMT" w:cs="Arial-BoldMT"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>Unreasonable Flow of Water Between Properties</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="446F20E0" w14:textId="13C2F203" w:rsidR="002C5BA3" w:rsidRPr="00083119" w:rsidRDefault="002C5BA3" w:rsidP="00A22C59">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="20"/>
         <w:ind w:left="142" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidR="00B577D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>humanrights@courts.vic.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidR="00B577D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>civil@courts.vic.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="764D182C" w14:textId="77777777" w:rsidR="002C5BA3" w:rsidRPr="00083119" w:rsidRDefault="002C5BA3" w:rsidP="002C5BA3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="142" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06A55848" w14:textId="77777777" w:rsidR="002C5BA3" w:rsidRPr="00083119" w:rsidRDefault="002C5BA3" w:rsidP="002C5BA3">
       <w:pPr>
@@ -7585,99 +7632,99 @@
           <w:rFonts w:ascii="Arial-BoldMT" w:eastAsia="Times New Roman" w:hAnsi="Arial-BoldMT" w:cs="Arial-BoldMT"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>Legal Practice</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10388538" w14:textId="2040C9E8" w:rsidR="002C5BA3" w:rsidRPr="00083119" w:rsidRDefault="002C5BA3" w:rsidP="00A22C59">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="20"/>
         <w:ind w:left="142" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidR="00B577D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>humanrights@courts.vic.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidR="00B577D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>admin@courts.vic.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="635B7E9F" w14:textId="77777777" w:rsidR="002C5BA3" w:rsidRPr="00083119" w:rsidRDefault="002C5BA3" w:rsidP="002C5BA3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial-BoldMT" w:eastAsia="Times New Roman" w:hAnsi="Arial-BoldMT" w:cs="Arial-BoldMT"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -7698,175 +7745,175 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial-BoldMT" w:eastAsia="Times New Roman" w:hAnsi="Arial-BoldMT" w:cs="Arial-BoldMT"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Goods and Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DAF82B5" w14:textId="757B300F" w:rsidR="002C5BA3" w:rsidRDefault="002C5BA3" w:rsidP="00A22C59">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="20"/>
         <w:ind w:left="142" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00083119">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
         </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidR="00B577D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>civil@courts.vic.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="002C5BA3" w:rsidSect="00D61ED0">
-      <w:footerReference w:type="default" r:id="rId31"/>
-      <w:footerReference w:type="first" r:id="rId32"/>
+      <w:footerReference w:type="default" r:id="rId33"/>
+      <w:footerReference w:type="first" r:id="rId34"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="567" w:right="850" w:bottom="851" w:left="851" w:header="284" w:footer="170" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E1D8DC5" w14:textId="77777777" w:rsidR="009E1F22" w:rsidRDefault="009E1F22" w:rsidP="00D70EFE">
+    <w:p w14:paraId="25CE70D7" w14:textId="77777777" w:rsidR="001D1EB6" w:rsidRDefault="001D1EB6" w:rsidP="00D70EFE">
       <w:pPr>
         <w:pStyle w:val="TitlePagetext"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6AD0F781" w14:textId="77777777" w:rsidR="009E1F22" w:rsidRDefault="009E1F22" w:rsidP="00D70EFE">
+    <w:p w14:paraId="50892D5B" w14:textId="77777777" w:rsidR="001D1EB6" w:rsidRDefault="001D1EB6" w:rsidP="00D70EFE">
       <w:pPr>
         <w:pStyle w:val="TitlePagetext"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial-BoldMT">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="971557928"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtContent>
           <w:p w14:paraId="3911D3EF" w14:textId="77777777" w:rsidR="008D1E84" w:rsidRDefault="008D1E84">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="008774C8">
               <w:rPr>
@@ -7966,51 +8013,51 @@
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="008774C8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="7BFC5BA0" w14:textId="77777777" w:rsidR="008D1E84" w:rsidRDefault="008D1E84">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="01A630E3" w14:textId="77777777" w:rsidR="008D1E84" w:rsidRDefault="008D1E84" w:rsidP="00451CB2">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="142"/>
         <w:tab w:val="center" w:pos="5449"/>
       </w:tabs>
       <w:spacing w:before="0" w:after="0"/>
       <w:ind w:left="0" w:right="-694"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C03310">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
@@ -8397,79 +8444,79 @@
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="2"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="294399F9" w14:textId="77777777" w:rsidR="008D1E84" w:rsidRDefault="008D1E84" w:rsidP="00C03310">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="232F42CA" w14:textId="77777777" w:rsidR="009E1F22" w:rsidRDefault="009E1F22">
+    <w:p w14:paraId="688EC866" w14:textId="77777777" w:rsidR="001D1EB6" w:rsidRDefault="001D1EB6">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D8866EC" w14:textId="77777777" w:rsidR="009E1F22" w:rsidRDefault="009E1F22" w:rsidP="00D70EFE">
+    <w:p w14:paraId="5F21B7BA" w14:textId="77777777" w:rsidR="001D1EB6" w:rsidRDefault="001D1EB6" w:rsidP="00D70EFE">
       <w:pPr>
         <w:pStyle w:val="TitlePagetext"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="40F8C708"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="8872F636"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -12116,55 +12163,55 @@
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1385366977">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="753168886">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="658925136">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1359967478">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="281762886">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="757020753">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="22"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="71"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="JApNG4fbR6aFJ4j0azlFjRvsEybt6kLGG3F3bl2oJLzOqgBPMUDp5t6HrUbjUrzKPhhT+hV2W2lzWfghzoDxmg==" w:salt="LkyGa0GLp9Xf/C9uVsD7BQ=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Ju0mPVOm0EqfzYSbsTuiF+ST+xQsSJUcBYluL3irE+xbGj4wJnyWQh78jRVZ9E8y0krPL7qmtkkxcNPXt8h/YA==" w:salt="FPvXVuXgRAIGK+CSewewWQ=="/>
   <w:defaultTabStop w:val="284"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="dgnword-docGUID" w:val="{FB7EA725-3619-4140-B977-7FDCB227C85D}"/>
@@ -12250,50 +12297,51 @@
     <w:rsid w:val="001411CD"/>
     <w:rsid w:val="00152C76"/>
     <w:rsid w:val="00153B00"/>
     <w:rsid w:val="00154E8E"/>
     <w:rsid w:val="001564F4"/>
     <w:rsid w:val="001567FB"/>
     <w:rsid w:val="00156C04"/>
     <w:rsid w:val="0017328E"/>
     <w:rsid w:val="00175825"/>
     <w:rsid w:val="00181607"/>
     <w:rsid w:val="00184BAB"/>
     <w:rsid w:val="001900A3"/>
     <w:rsid w:val="00190404"/>
     <w:rsid w:val="00192E1F"/>
     <w:rsid w:val="00193674"/>
     <w:rsid w:val="001963F0"/>
     <w:rsid w:val="001A41B9"/>
     <w:rsid w:val="001B0DF6"/>
     <w:rsid w:val="001B2D44"/>
     <w:rsid w:val="001C0151"/>
     <w:rsid w:val="001C0414"/>
     <w:rsid w:val="001C042A"/>
     <w:rsid w:val="001C4E6D"/>
     <w:rsid w:val="001D013C"/>
     <w:rsid w:val="001D03E9"/>
+    <w:rsid w:val="001D1EB6"/>
     <w:rsid w:val="001D2FBF"/>
     <w:rsid w:val="001D5A6E"/>
     <w:rsid w:val="001E0E1D"/>
     <w:rsid w:val="001E1961"/>
     <w:rsid w:val="001E20A3"/>
     <w:rsid w:val="001E2DCF"/>
     <w:rsid w:val="001E340E"/>
     <w:rsid w:val="001E548E"/>
     <w:rsid w:val="001F3222"/>
     <w:rsid w:val="001F7F06"/>
     <w:rsid w:val="00202223"/>
     <w:rsid w:val="00203608"/>
     <w:rsid w:val="00203FE5"/>
     <w:rsid w:val="00207830"/>
     <w:rsid w:val="00207C80"/>
     <w:rsid w:val="00215D6B"/>
     <w:rsid w:val="00221469"/>
     <w:rsid w:val="00223E74"/>
     <w:rsid w:val="0022584A"/>
     <w:rsid w:val="00227ADF"/>
     <w:rsid w:val="00233D6A"/>
     <w:rsid w:val="00234A39"/>
     <w:rsid w:val="00235C11"/>
     <w:rsid w:val="00237005"/>
     <w:rsid w:val="00242F7A"/>
@@ -12304,50 +12352,51 @@
     <w:rsid w:val="00254DA1"/>
     <w:rsid w:val="00265738"/>
     <w:rsid w:val="0026719D"/>
     <w:rsid w:val="00271F1F"/>
     <w:rsid w:val="00272339"/>
     <w:rsid w:val="0028357E"/>
     <w:rsid w:val="00296A06"/>
     <w:rsid w:val="00296BCD"/>
     <w:rsid w:val="002A14A1"/>
     <w:rsid w:val="002A409F"/>
     <w:rsid w:val="002A4FB6"/>
     <w:rsid w:val="002B1401"/>
     <w:rsid w:val="002B26B4"/>
     <w:rsid w:val="002B3C48"/>
     <w:rsid w:val="002B6128"/>
     <w:rsid w:val="002B6818"/>
     <w:rsid w:val="002B7FBF"/>
     <w:rsid w:val="002C1194"/>
     <w:rsid w:val="002C18FF"/>
     <w:rsid w:val="002C329B"/>
     <w:rsid w:val="002C5BA3"/>
     <w:rsid w:val="002C63E1"/>
     <w:rsid w:val="002C68F1"/>
     <w:rsid w:val="002C6D88"/>
     <w:rsid w:val="002D1A43"/>
+    <w:rsid w:val="002D22F9"/>
     <w:rsid w:val="002D23FE"/>
     <w:rsid w:val="002D3C4B"/>
     <w:rsid w:val="002D641E"/>
     <w:rsid w:val="002D6A68"/>
     <w:rsid w:val="002E020F"/>
     <w:rsid w:val="002E0CAB"/>
     <w:rsid w:val="002E2079"/>
     <w:rsid w:val="002E4C95"/>
     <w:rsid w:val="002E6729"/>
     <w:rsid w:val="002E6F45"/>
     <w:rsid w:val="00301140"/>
     <w:rsid w:val="00310C37"/>
     <w:rsid w:val="00311506"/>
     <w:rsid w:val="00311D4E"/>
     <w:rsid w:val="00312C97"/>
     <w:rsid w:val="00315A24"/>
     <w:rsid w:val="003164A2"/>
     <w:rsid w:val="00320C9B"/>
     <w:rsid w:val="003219AB"/>
     <w:rsid w:val="00322C57"/>
     <w:rsid w:val="003230E9"/>
     <w:rsid w:val="00324B27"/>
     <w:rsid w:val="003279BD"/>
     <w:rsid w:val="0033311C"/>
     <w:rsid w:val="0033512D"/>
@@ -12809,50 +12858,51 @@
     <w:rsid w:val="00A61CDC"/>
     <w:rsid w:val="00A62B0B"/>
     <w:rsid w:val="00A645DC"/>
     <w:rsid w:val="00A64A09"/>
     <w:rsid w:val="00A64E37"/>
     <w:rsid w:val="00A652D8"/>
     <w:rsid w:val="00A67ED3"/>
     <w:rsid w:val="00A72628"/>
     <w:rsid w:val="00A72A25"/>
     <w:rsid w:val="00A74C69"/>
     <w:rsid w:val="00A751BC"/>
     <w:rsid w:val="00A75E98"/>
     <w:rsid w:val="00A76744"/>
     <w:rsid w:val="00A76DE0"/>
     <w:rsid w:val="00A77DE5"/>
     <w:rsid w:val="00A8000E"/>
     <w:rsid w:val="00A805D2"/>
     <w:rsid w:val="00A839C5"/>
     <w:rsid w:val="00A8493D"/>
     <w:rsid w:val="00A85A27"/>
     <w:rsid w:val="00A942CF"/>
     <w:rsid w:val="00A94AF8"/>
     <w:rsid w:val="00A95303"/>
     <w:rsid w:val="00A95501"/>
     <w:rsid w:val="00A96BB9"/>
+    <w:rsid w:val="00AA4D0D"/>
     <w:rsid w:val="00AB06DE"/>
     <w:rsid w:val="00AB12C2"/>
     <w:rsid w:val="00AB293E"/>
     <w:rsid w:val="00AB32B2"/>
     <w:rsid w:val="00AB3A29"/>
     <w:rsid w:val="00AB5119"/>
     <w:rsid w:val="00AB63B2"/>
     <w:rsid w:val="00AB6B5C"/>
     <w:rsid w:val="00AB77C1"/>
     <w:rsid w:val="00AB7980"/>
     <w:rsid w:val="00AC1B52"/>
     <w:rsid w:val="00AC258C"/>
     <w:rsid w:val="00AC3C39"/>
     <w:rsid w:val="00AC4843"/>
     <w:rsid w:val="00AC7B0D"/>
     <w:rsid w:val="00AD2349"/>
     <w:rsid w:val="00AE2936"/>
     <w:rsid w:val="00AE2A06"/>
     <w:rsid w:val="00AE3474"/>
     <w:rsid w:val="00AE5272"/>
     <w:rsid w:val="00AE5371"/>
     <w:rsid w:val="00AE64C0"/>
     <w:rsid w:val="00AE7E87"/>
     <w:rsid w:val="00AF0299"/>
     <w:rsid w:val="00AF2288"/>
@@ -13177,51 +13227,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3E79F5ED"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B3FA2959-BCFB-41B4-9A69-8A07629DA4BF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
@@ -23135,51 +23185,51 @@
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AF27A7"/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00D27AAE"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="tooltip">
     <w:name w:val="tooltip"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00D27AAE"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="71633768">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="133764801">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -23301,51 +23351,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2134669775">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vcat.vic.gov.au/fees" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:civil@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:humanrights@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:humanrights@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vcat.vic.gov.au/fileinspectionfees" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:humanrights@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:humanrights@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:civil@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vcat.vic.gov.au/fileinspectionfees" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:civil@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:humanrights@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vcat.vic.gov.au/fileinspectionfees" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:civil@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vcat.vic.gov.au/resources/fees/other-vcat-services" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:civil@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:humanrights@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:civil@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:civil@courts.vic.gov.au" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vcat.vic.gov.au/fileinspectionfees" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:humanrights@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:civil@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vcat.vic.gov.au/fileinspectionfees" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:renting@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:civil@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:civil@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:civil@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:media@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:humanrights@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:civil@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:media@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:humanrights@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:humanrights@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vcat.vic.gov.au/fileinspectionfees" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:humanrights@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vcat.vic.gov.au/resources/fees/other-vcat-services" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vcat.vic.gov.au/fees" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:civil@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:humanrights@courts.vic.gov.au" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vcat.vic.gov.au/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -23590,75 +23640,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F175B37-74B7-4781-A1D4-0B898165D6AE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1124</Words>
-  <Characters>6182</Characters>
+  <Words>1166</Words>
+  <Characters>6448</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>248</Lines>
+  <Paragraphs>181</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>VICTORIAN CIVIL AND ADMINISTRATIVE TRIBUNAL</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7292</CharactersWithSpaces>
+  <CharactersWithSpaces>7433</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>6160420</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>156</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:humanrights@vcat.vic.gov.au?subject=Medical%20Report%20Guardianship%20Form</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6291562</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -23681,45 +23731,44 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.vcat.vic.gov.au/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>VICTORIAN CIVIL AND ADMINISTRATIVE TRIBUNAL</dc:title>
+  <dc:title>File Inspection Word Form</dc:title>
   <dc:subject/>
-  <dc:creator>HGibson</dc:creator>
+  <dc:creator>VCAT</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="TRIMID">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>